--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -54,213 +54,213 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Beto Salamanca</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_n_103-2021_-_valberto.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_n_103-2021_-_valberto.pdf</t>
   </si>
   <si>
     <t>Solicita o cascalhamento da estrada Rural da Comunidade Espírito Santo.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Mirele Paula Cetto Leite</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n_107-2021_-_mirele.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n_107-2021_-_mirele.pdf</t>
   </si>
   <si>
     <t>Solicita adequação de calçadas para atender a acessibilidade e parcelamento de IPTU.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Cristiane Giangarelli</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_n_108-2021_-_cristiane.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_n_108-2021_-_cristiane.pdf</t>
   </si>
   <si>
     <t>Solicita a reforma da Casa do Produtor, localizada em Maracajú dos Gaúchos.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_n_110-2021_-_cristiane.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_n_110-2021_-_cristiane.pdf</t>
   </si>
   <si>
     <t>Solicita a reforma da UBS localizada na Comunidade Maracaju dos Gaúchos.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Sandro Sabino Borges</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_n_111-2021_-_sandro.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_n_111-2021_-_sandro.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de uma boca de lobo na esquina entre a Rua Alfredo Burkhard e Rua Ana Maria Roggia.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_n_113-2021_-_mirele.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_n_113-2021_-_mirele.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de uma travessia elevada ou redutores de velocidade na Rua Ministro Gabriel Passos.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Sergio Korb Bastos</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_n_116-2021_-_sergio.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_n_116-2021_-_sergio.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de duas travessias elevadas, sendo uma na Rua Boa Esperança, localizada no Bairro Vila Alta e outra na esquina das Ruas Nelson Mandela e João Neotte.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Claudemir Motorista, Cristiane Giangarelli, Tereza Camilo</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_n_117-2021_-_tereza.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_n_117-2021_-_tereza.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de parques infantis nas seguintes localidades: Cruzeirinho, Parque Hortência, Jardim Guaíra e Praça Eurico Gaspar Dutra.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Tereza Camilo</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_n_119-2021_-_tereza.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_n_119-2021_-_tereza.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de redutor de velocidade, através da construção de travessia elevada, quebra-molas ou lombada eletrônica na Avenida Joaquim Dornelles Vargas, após a rotatória com a Avenida Marginal, próximo ao Jardim Ecopark.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_n_120-2021_-_cristiane.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_n_120-2021_-_cristiane.pdf</t>
   </si>
   <si>
     <t>Solicita a adaptação das quadras de areia localizadas no Centro Náutico Marinas, para o uso da modalidade esportiva de Beach Tennis.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_n_123-2021_-_cristiane.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_n_123-2021_-_cristiane.pdf</t>
   </si>
   <si>
     <t>Solicita a execução de reparos nos banheiros da rodoviária.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_n_132-2021_-_valberto.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_n_132-2021_-_valberto.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de um ponto de ônibus em frente à Cooperativa Lar, localizada em Bela Vista (Estrada Encruzo Lovera).</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_n_134-2021_-_mirele.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_n_134-2021_-_mirele.pdf</t>
   </si>
   <si>
     <t>Solicita a implementação de uma ciclovia na Avenida Martin Luther King.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -567,68 +567,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_n_103-2021_-_valberto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n_107-2021_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_n_108-2021_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_n_110-2021_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_n_111-2021_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_n_113-2021_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_n_116-2021_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_n_117-2021_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_n_119-2021_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_n_120-2021_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_n_123-2021_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_n_132-2021_-_valberto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_n_134-2021_-_mirele.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_n_103-2021_-_valberto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_n_107-2021_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_n_108-2021_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_n_110-2021_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_n_111-2021_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_n_113-2021_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_n_116-2021_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_n_117-2021_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_n_119-2021_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/199/indicacao_n_120-2021_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_n_123-2021_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/211/indicacao_n_132-2021_-_valberto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2021/213/indicacao_n_134-2021_-_mirele.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="208.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>