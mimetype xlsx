--- v0 (2025-12-08)
+++ v1 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5906" uniqueCount="2624">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6281" uniqueCount="2775">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1581,50 +1581,125 @@
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/emensa_26.2025_-_pl_64.2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação da ementa do projeto de lei nº 064/2025.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/emensa_27.2025_-_pl_77.2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do projeto de lei nº 077/2025 para aperfeiçoamento gramatical.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2247/emensa_28.2025_-_pl_79.2025.pdf</t>
   </si>
   <si>
     <t>Subdivide o artigo 4º em incisos e altera a redação do inciso II do artigo 7º.</t>
   </si>
   <si>
+    <t>2275</t>
+  </si>
+  <si>
+    <t>Givanildo José Tirolti</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2275/emensa_29.2025_-_plc_05.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera redação da ementa e corrige numeração das divisões internas.</t>
+  </si>
+  <si>
+    <t>2276</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2276/emensa_30.2025_-_plc_06.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera redação da ementa e a redação do artigo 5º do Projeto de Lei Complementar nº 06/2025.</t>
+  </si>
+  <si>
+    <t>2277</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2277/emensa_31.2025_-_plc_07.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera redação da ementa e a redação do artigo 46 do Projeto de Lei Complementar nº 07/2025.</t>
+  </si>
+  <si>
+    <t>2278</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2278/emensa_32.2025_-_plc_008.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação da ementa, renumera os incisos § 2º, do artigo 26 e a redação do artigo 99 do Projeto de Lei Complementar nº 08/2025.</t>
+  </si>
+  <si>
+    <t>2280</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/emensa_33.2025_-_plc_009.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera redação da ementa e corrige numeração das divisões internas e altera a redação do artigo 108 do Projeto de Lei Complementar nº 09/2025.</t>
+  </si>
+  <si>
+    <t>2279</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2279/emensa_34.2025_-_plc_010.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação da ementa e corrige a numeração do parágrafo do artigo 142 do Projeto de Lei Complementar nº 10/2025.</t>
+  </si>
+  <si>
+    <t>2281</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/emensa_35.2025_-_plc_011.2025.pdf</t>
+  </si>
+  <si>
+    <t>altera a redação da ementa e corrige a numeração de subdivisões internas do Projeto de Lei Complementar nº 11/2025.</t>
+  </si>
+  <si>
+    <t>2282</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2282/emensa_36.2025_-_plc_012.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a subdivisão interna de Seção para Capítulos, renumera parágrafo do artigo 8º e altera a redação do artigo 47 e suprime o artigo 48 do Projeto de Lei Complementar nº 12/2025.</t>
+  </si>
+  <si>
     <t>1565</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1565/requerimento_no_01.2025_-_mirele.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o atendimento prestado no Centro de Atenção Psicossocial (CAPS).</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_no_02.2025_-_mirele.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o cumprimento da Lei Federal nº 13.977/2020 e Lei Complementar Municipal nº 01/2024.</t>
   </si>
   <si>
     <t>1616</t>
@@ -1908,50 +1983,59 @@
   <si>
     <t>Requer informações do Prefeito relativas ao transporte escolar, como número de ônibus utilizados, quantidades de monitores, entre outras.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>Karina Bach, Mirele Paula Cetto Leite</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/requerimento_no_34.2025_-_mirele_-_karina.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal informações relativas ao empenho nº 24461/2025.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2239/requerimento_no_35.2025_-_karina.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal a prestação de informações relativas a concessão e utilização de diárias utilizadas em viagens pelo Prefeito Municipal, Vice-Prefeito Municipal, Secretários Municipais, Diretores Municipais, Assessores e Servidores Efetivos ou Contratados.</t>
   </si>
   <si>
+    <t>2294</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_no_36.2025_-_comissao_de_financas_orcamento_e_fiscalizacao.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo informações relativas ao contratos de palestras e assessorias celebrados durante a gestão da servidora Cassia Cassiana, os pagamentos que foram realizados, todos os contratos celebrados para a realização do desfile cívico de 7 de setembro e contratos celebrados com a Dra. Marta Chaves, com os respectivos pagamentos.</t>
+  </si>
+  <si>
     <t>1570</t>
   </si>
   <si>
     <t>RepÉt</t>
   </si>
   <si>
     <t>Representação</t>
   </si>
   <si>
     <t>Conselho Regional de Medicina do Paraná - CRM-PR</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1570/oficio_crm.pdf</t>
   </si>
   <si>
     <t>Denúncia por falta de decoro parlamentar Vereadora Karina Patrícia Bach.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1710/representacao_02.2025_-_mirele_x_givanildo.pdf</t>
   </si>
   <si>
     <t>Denúncia por falta de decoro parlamentar contra o Vereador Givanildo José Tirolti.</t>
@@ -2034,50 +2118,62 @@
   <si>
     <t>Moção de Repúdio à Copel em decorrência as constantes quedas de energia elétrica registradas em Guaíra.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/mocao_n_08-2025_-_projeto_mana.pdf</t>
   </si>
   <si>
     <t>Moção de reconhecimento, aplausos e congratulações à Senhora Ana Maria Menel Maravieski, em razão de sua destacada trajetória de vida e dos relevantes serviços prestados à educação, à cultura e à história do Município de Guaíra e de toda a região.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>Keila Marta Francisco, Adriano Richter, Beto Salamanca, Claudemir Motorista, Cristiane Giangarelli, Gilmar Soares da Fonseca, Givanildo José Tirolti, João Carlos Hartekoff, Karina Bach, Mirele Paula Cetto Leite, Tereza Camilo</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/mocao_n_06-2025_-_ana_maria_menel_maravieski.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos e congratulações ao Projeto Maná, pela dedicação em acolher pessoas em situação de rua, oferecendo abrigo, alimento e, sobretudo, fé e esperança, sob a coordenação do Pastor Marcos.</t>
   </si>
   <si>
+    <t>2288</t>
+  </si>
+  <si>
+    <t>Karina Bach, Beto Salamanca, Cristiane Giangarelli, Gilmar Soares da Fonseca, Givanildo José Tirolti, João Carlos Hartekoff, Keila Marta Francisco, Mirele Paula Cetto Leite, Tereza Camilo</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2288/mocao_n_09-2025_-_ivan_wachsmann_-_fernanda_martinazzo_-_cristiano_fumio_wagatsuma.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos e Congratulações ao Sr. Ivan Wachsmann, à Sra. Fernanda Martinazzo e ao Sr. Cristiano Fumio Wagatsuma, idealizadores e organizadores da campanha de arrecadação de doações para as vítimas das enchentes ocorridas no Rio Grande do Sul.</t>
+  </si>
+  <si>
     <t>1547</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Claudemir Motorista</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_001.2025_-_claudemir.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que seja feita a troca das rodas do carrinho de transporte de urna mortuária e a execução a construção de calçada nos corredores de acesso aos túmulos.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_002.2025_-_claudemir.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a melhoria das condições de trânsito da Avenida João Aldana, no bairro Jardim Zeballos.</t>
@@ -2883,53 +2979,50 @@
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_no_087.2025_-_gilmar.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que seja alterado o horário de início da coleta de lixo, propondo que seja antecipada para as 5 horas da manhã. A equipe responsável pela coleta tem demonstrado insatisfação devido ao intenso calor que atinge a região durante o dia, o que torna o trabalho extenuante e quase insuportável, especialmente para os trabalhadores que acompanham o caminhão, realizando a coleta manualmente.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_no_088.2025_-_keila.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que seja viabilizada a possibilidade de construir um novo Centro de atendimento à criança e ao adolescente (CEACA) na Vila Eletrosul, com piscina, pista de atletismo e salas destinadas ao atendimento do CRAS itinerante; é uma iniciativa muito relevante para o desenvolvimento social e cultural da comunidade local.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>Givanildo José Tirolti</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1711/indicacao_no_089.2025_-_givanildo.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que realize a pavimentação (seja por asfalto, paver ou pedra irregular) na estrada rural que liga o asfalto da Estrada da Faixinha à Comunidade dos Sítios dos Italianos, localizada nesta comarca.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_no_090.2025_-_joao.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que sejam providenciado melhorias e manutenção na Rua Pedro Glomike Filho, rua que liga a Vila dos Pescadores com o Bairro Internacional, pois a rua encontra-se em estado de deterioração, com vários pontos críticos que dificultam o tráfego de veículos e pedestres, além de comprometer a segurança dos moradores da região, sendo necessário o cascalhamento e nivelamento da via.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1713/indicacao_no_091.2025_-_joao.pdf</t>
@@ -5338,50 +5431,134 @@
     <t>2238</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_no_288.2025_-_cristiane.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que seja verificada a possibilidade de desligamento do semáforo localizado no cruzamento das Avenidas Almirante Tamandaré e Paraná, nos horários de maior fluxo de trânsito, especialmente por volta as 8h, 12h e em feriados, a fim de auxiliar e amenizar o tráfego naquela localidade nesses períodos.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>Tereza Camilo, Adriano Richter, Beto Salamanca, Claudemir Motorista, Cristiane Giangarelli, Gilmar Soares da Fonseca, Givanildo José Tirolti, João Carlos Hartekoff, Keila Marta Francisco</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_no_289.2025_-_tereza.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que seja realizado estudos necessários visando a redução da taxa de iluminação pública no Município de Guaíra/PR.</t>
+  </si>
+  <si>
+    <t>2284</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2284/indicacao_no_290.2025_-_gilmar.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja disponibilizado na UPA de Guaíra/PR, um profissional habilitado em Língua Brasileira de Sinais (LIBRAS), bem como implantado um monitor que apresente, no momento da chamada dos pacientes, a tradução da chamada para LIBRAS. Solicita-se, ainda, que seja analisada a possibilidade de estender essa medida a outros departamentos da Administração Municipal.</t>
+  </si>
+  <si>
+    <t>2285</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2285/indicacao_no_291.2025_-_gilmar.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja instalada uma lombada na Rua das Rosas, via que inicia no Jardim Guaíra e segue em direção à Vila Margarida, nas proximidades da Oficina Brasil.</t>
+  </si>
+  <si>
+    <t>2286</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_292.2025_-_claudemir.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que sejam adotadas medidas para melhorar a capacidade de captação do volume de águas pluviais nas galerias localizadas na Rua Frei Luís Bíscaro, nº 29, em Guaíra/PR, bem como na Rua Elias Muntoreano, na esquina com a Rua Bento Munhoz da Rocha Neto.</t>
+  </si>
+  <si>
+    <t>2287</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2287/indicacao_no_293.2025_-_claudemir.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja garantido aos moradores o direito de escolher o tipo de árvore que desejam plantar em frente às suas residências, seja ela frutífera ou não.</t>
+  </si>
+  <si>
+    <t>2290</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao_no_294.2025_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a instalação dos pontos de ônibus adquiridos por meio da emenda parlamentar destinada pelo Deputado Estadual Gugu Bueno, encaminhada e viabilizada por meio da AMEP - Agência de Assuntos Metropolitanos do Paraná, nos diversos locais do município onde há demanda e necessidade da população usuária do transporte público.</t>
+  </si>
+  <si>
+    <t>2291</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2291/indicacao_no_295.2025_-_cristiane_-_karina_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja providenciada homenagem póstuma por meio da denominação oficial da praça revitalizada localizada na Avenida Brasil, no Bairro Eletrosul, para que passe a se chamar Praça Orides Richzik de Jesus - "Polaca", em reconhecimento à sua trajetória e relevante contribuição à comunidade local.</t>
+  </si>
+  <si>
+    <t>2292</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_296.2025_-_cristiane.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a alteração das faixas de estacionamento em frente ao Espaço Navegantes, Confracarmo, Hotel Herta e Debus Transportes.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>PCCLJ</t>
   </si>
   <si>
     <t>Parecer Constituição (CCLJ)</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/parecer_01.2025_-_pl_03.2025.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei nº 003/2025, da autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/parecer_02.2025_-_pl_01.2025.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei n° 001/2025, de autoria da Mesa Diretiva, com Emenda nº 02/2025 do Vereador Adriano Richter.</t>
   </si>
@@ -5977,50 +6154,131 @@
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2209/parecer_68.2025_-_pl_77.2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 077/2025, de autoria do Chefe do Poder Executivo Municipal, que institui a Política Municipal de Incentivo ao Artesanato (PMIA) e torna a Feira do Artesão um evento oficial do Município. Projeto formal e materialmente constitucional. Parecer jurídico que não apresenta óbice técnico. Emenda do Relator para correção gramatical e adequação do texto a padrões jurídicos. Voto do relator favorável a tramitação do projeto. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/parecer_69.2025_-_pl_79.2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 079/2025, de institui gratificação mensal ao Agente de Contratação, ao Pregoeiro, aos membros da Comissão de Contratação e aos membros da Equipe de Apoio, no âmbito da Administração Pública Municipal, nos termos da Lei Federal nº 14.133/2021 e do Decreto Municipal nº 424/2024, e dá outras providências. Projeto formal e materialmente constitucional. Parecer jurídico que não apresenta óbice técnico. Emenda do Relator para correção gramatical e adequação do texto à Lei Complementar nº 95/1999. Voto do relator favorável a tramitação do projeto. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/parecer_70.2025_-_pdl_03.2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 03/2025, concede o Título de Cidadã Honorária à Senhora Maria Elci Venâncio da Silva. Projeto formal e materialmente_x000D_
 constitucional. Parecer jurídico que não apresenta óbice técnico. Voto do relator favorável a tramitação do projeto. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
   </si>
   <si>
+    <t>2248</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2248/parecer_71.2025_-_plc_05.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 05/2025, que institui a revisão do Plano Diretor. Análise da constitucionalidade, legalidade, juridicidade e regularidade regimental. Competência municipal para planejamento urbano. Conformidade com o Estatuto da Cidade. Avaliação da técnica legislativa conforme LC nº 95/1998. Exame da redação, coerência normativa, estrutura do texto e adequação dos instrumentos urbanísticos. Admissibilidade e regular prosseguimento da tramitação legislativa. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2249</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2249/parecer_72.2025_-_plc_06.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar – Perímetro Urbano – Revisão do Plano Diretor – Delimitação territorial – Instituição de novos perímetros urbanos na sede e localidades rurais – Definição de limites georreferenciados – Adequação ao macrozoneamento municipal – Competência municipal para ordenamento territorial – Conformidade constitucional, legal e urbanística – Admissibilidade e regular tramitação legislativa com a emenda apresentada. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2250</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2250/parecer_73.2025_-_plc_07.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar – Perímetro Urbano – Revisão do Plano Diretor – Delimitação territorial – Instituição de novos perímetros urbanos na Projeto de Lei Complementar nº 007/2025. Sistema Viário Municipal. Revisão do Plano Diretor. Hierarquização e dimensionamento viário. Diretrizes para abertura e prolongamento de vias. Pavimentação. Sinalização. Sistema cicloviário. Rotas acessíveis. Transporte coletivo e transporte de cargas. Regras de uso do espaço público. Competência municipal para ordenação territorial e mobilidade urbana. Análise de constitucionalidade, legalidade, juridicidade, regimentalidade e técnica legislativa. Projeto formalmente adequado. Admissibilidade. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2251</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2251/parecer_74.2025_-_plc_08.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 008/2025 – Uso e Ocupação do Solo. Análise de constitucionalidade, legalidade, juridicidade, técnica legislativa e conformidade regimental. Competência municipal para ordenamento territorial (art. 30, I e VIII, da CF). Adequação ao Plano Diretor, ao Estatuto da Cidade e às normas federais de parcelamento e proteção ambiental. Redação compatível com a Lei Complementar nº 95/1998. Inexistência de vícios formais ou materiais. Parecer pela constitucionalidade, legalidade e aprovação. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2252</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2252/parecer_75.2025_-_plc_09.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 009/2025. Parcelamento do solo urbano. Estabelece normas gerais e específicas para loteamentos, desmembramentos, condomínios urbanísticos, chácaras de lazer e empreendimentos de urbanização específica. Define requisitos urbanísticos, ambientais, viários e de infraestrutura. Dispõe sobre áreas públicas, APPs, faixas non aedificandi, diretrizes de aprovação e procedimentos administrativos. Revoga a Lei Complementar nº 001/2008. Parecer pela constitucionalidade, legalidade, juridicidade, regimentalidade e adequada técnica legislativa. Opina pela admissibilidade. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2253</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2253/parecer_76.2025_-_plc_10.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 10/2025. Institui o Código de Obras do Município de Guaíra. Normas gerais de edificações, licenciamento, responsabilidade técnica, procedimentos administrativos, requisitos de segurança, acessibilidade, instalações prediais e regularização de obras. Competência municipal. Ausência de vícios de constitucionalidade, legalidade ou técnica legislativa. Voto pela APROVAÇÃO quanto aos aspectos de competência da Comissão. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2254</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2254/parecer_77.2025_-_plc_11.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 11/2025. Institui o Código de Posturas do Município de Guaíra. Normas de convivência social, uso e conservação dos espaços públicos, higiene urbana, segurança, proteção ambiental, mobilidade, atividades econômicas e bem-estar coletivo. Competência municipal. Regularidade constitucional, legal, jurídica, regimental e de técnica legislativa. Parecer pela aprovação. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2255</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2255/parecer_78.2025_-_plc_12.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável à admissibilidade do Projeto de Lei Complementar nº 012/2025, que dispõe sobre o Estudo de Impacto de Vizinhança (EIV), Relatório de Impacto de Vizinhança (RIV), Estudo de Impacto Ambiental (EIA) e Relatório de Impacto Ambiental (RIMA), em consonância com o Plano Diretor Municipal, estabelecendo critérios, procedimentos e responsabilidades para a análise de empreendimentos de impacto significativo no território do Município de Guaíra, garantindo a proteção ambiental, a qualidade de vida da população e a segurança jurídica na implementação de projetos urbanos e atividades econômicas de grande porte. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2256</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2256/parecer_79.2025_-_pl_80.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável à aprovação do Projeto de Lei nº 80/2025, que autoriza a liberação de R$ 3.745.163,53 da Câmara Municipal de Guaíra para custeio de despesas referentes à reforma e ampliação do prédio da própria Câmara Municipal, observadas normas de licitação, contratação pública, legislação ambiental e urbanística, atendendo aos princípios legais e constitucionais e ao interesse público. Constituicionalidade formal e material. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
     <t>1514</t>
   </si>
   <si>
     <t>PCOFO</t>
   </si>
   <si>
     <t>Parecer Finanças (CFOF)</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/parecer_1.25_-_pl_3.25.pdf</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/parecer_2.25_-_pl_1.25.pdf</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/parecer_3.25_-_pl_2.25.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei nº 002/2025, da autoria da Mesa Diretiva, e à Emenda nº 03/2025, da Comissão de Constituição, Legislação e Justiça.</t>
@@ -6361,50 +6619,59 @@
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/parecer_42.25_-_pl_79.25.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 078/2025, de autoria do Poder Executivo, que altera a Lei Orçamentária Anual de 2024, a Lei de Diretrizes Orçamentária de 2024 e o Plano Plurianual 2022-2025. Projeto formal e materialmente constitucional. Compatibilidade com a Lei de Responsabilidade Fiscal. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/parecer_42.25_-_pl_79.25.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 079/2025, de institui gratificação mensal ao Agente de Contratação, ao Pregoeiro, aos membros da Comissão de Contratação e aos membros da Equipe de Apoio, no âmbito da Administração Pública Municipal, nos termos da Lei Federal nº 14.133/2021 e do Decreto Municipal nº 424/2024, e dá outras providências. Análise de adequação financeira, orçamentária e compatibilidade com a Lei de Responsabilidade Fiscal. Existência de dotações próprias, ausência de criação de despesa obrigatória de caráter continuado e regularidade fiscal. Parecer jurídico que não apresenta óbice técnico. Emenda do Relator da Comissão de Constituição para correção gramatical e adequação do texto à Lei Complementar nº 95/1999. Parecer jurídico que não apresenta óbice técnico. Voto da relatora favorável a tramitação do projeto. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/parecer_43.25_-_contas_2024.pdf</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas do Estado do Paraná relativo as contas do Sr. Heraldo Trento enquanto Prefeito Municipal de Guaíra relativa ao exercício de 2024. Regularidade das contas. Parecer unânime. Parecer jurídico que não contraria o parecer do TCE. Voto da Relatora favorável à aprovação das contas. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela aprovação das contas do Prefeito Municipal relativa ao exercício de 2024.</t>
   </si>
   <si>
+    <t>2266</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2266/parecer_44.25_-_pl_80.25.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 80/2025 de autoria do Poder Executivo. Autoriza a liberação de R$ 3.745.163,53 para o custeio da reforma do prédio da Câmara Municipal de Guaíra. Recursos de fonte livres que não comprometem as despesas do Poder Legislativo. Necessidade de observância da lei de licitações. Possibilidade. Voto da Relatora favorável à tramitação do projeto. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela aprovação do projeto de lei.</t>
+  </si>
+  <si>
     <t>1518</t>
   </si>
   <si>
     <t>PCOSP</t>
   </si>
   <si>
     <t>Parecer Obras/Serviços Públicos (COSP)</t>
   </si>
   <si>
     <t>COSP - Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/parecer_01.2025_-_pl_01.2025.pdf</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/parecer_02.2025_-_pl_05.2025.pdf</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/parecer_03.2025_-_pl_11.2025.pdf</t>
@@ -6688,50 +6955,131 @@
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/parecer_34.2025_-_pl_76..2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 076/2025, de autoria dos Vereadores Adriano Richter, Beto Salamanca, Claudemir Motorista, Cristiane Giangarelli, Gilmar Soares da Fonseca, Givanildo José Tirolti, João Carlos Hartekoff, Karina Bach, Keila Marta Francisco, Mirele Paula Cetto Leite e Tereza Camilo dos Santos, que altera a antiguidade máxima do veículo para ser utilizado no serviço de táxi no Município de Guaíra. Ampliação da idade máxima dos veículos utilizados no serviço de táxi de 12 para 15 anos. Adequação às regras aplicáveis ao transporte por aplicativo. Medida que mantém a segurança, reduz custos aos permissionários e assegura a continuidade do serviço público. Parecer jurídico que não apresenta óbice técnico. Voto do relator favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serivços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/parecer_35.2025_-_pl_77..2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 077/2025, de autoria do Chefe do Poder Executivo Municipal, que institui a Política Municipal de Incentivo ao Artesanato (PMIA) e torna a Feira do Artesão um evento oficial do Município. Medidas de estímulo à economia criativa, geração de renda, valorização cultural e fortalecimento do turismo local. Parecer jurídico que não apresenta óbice técnico. Emenda do Relator da Comissão de Constituição para correção gramatical e adequação do texto a padrões jurídicos. Parecer jurídico que não apresenta óbice técnico. Voto do relator favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2240/parecer_36.2025_-_pl_79..2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 079/2025, de institui gratificação mensal ao Agente de Contratação, ao Pregoeiro, aos membros da Comissão de Contratação e aos membros da Equipe de Apoio, no âmbito da Administração Pública Municipal, nos termos da Lei Federal nº 14.133/2021 e do Decreto Municipal nº 424/2024, e dá outras providências. Organização administrativa no padrão exigido pela nova lei de licitações. Estruturação das atividades licitatórias. Valorização e especialização dos servidores. Eficiência administrativa. Parecer jurídico que não apresenta óbice técnico. Emenda do Relator da Comissão de Constituição para correção gramatical e adequação do texto à Lei Complementar nº 95/1999. Parecer jurídico que não apresenta óbice técnico. Voto da relatora favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
   </si>
   <si>
+    <t>2257</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2257/parecer_37.2025_-_plc_05.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente ao Projeto de Lei Complementar nº 005/2025. Análise das diretrizes de mobilidade urbana e sistema de transportes. Avaliação do macrozoneamento, desenvolvimento urbano, instrumentos urbanísticos e uso do solo. Exame das políticas de infraestrutura, obras públicas e serviços essenciais. Considerações sobre sustentabilidade, proteção ambiental e gestão ecológica do território. Adequação técnica, coerência normativa e viabilidade de implementação. Voto da relatora favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2258</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2258/parecer_38.2025_-_plc_06.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar – Delimitação do Perímetro Urbano – Revisão do Plano Diretor – Adequação ao macrozoneamento – Desenvolvimento urbano – Ordenamento territorial – Infraestrutura e serviços públicos – Mobilidade – Compatibilidade ambiental – Análise técnica favorável à aprovação. Voto da relatora favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2259</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2259/parecer_39.2025_-_plc_07.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 007/2025. Sistema Viário Municipal. Revisão do Plano Diretor. Mobilidade urbana. Hierarquização e dimensionamento viário. Diretrizes para abertura e prolongamento de vias. Pavimentação e infraestrutura urbana. Sistema cicloviário e rotas acessíveis. Ordenamento territorial. Proteção ambiental e drenagem. Rotas de transporte coletivo e de cargas. Adequação técnica, urbanística e ambiental. Voto da relatora favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2260</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2260/parecer_40.2025_-_plc_08.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 008/2025 – Uso e Ocupação do Solo. Análise dos impactos urbanísticos, ambientais, viários e de infraestrutura. Adequação ao Plano Diretor Municipal e às diretrizes de desenvolvimento urbano sustentável. Zoneamento, macrozoneamento, parâmetros de ocupação, proteção ambiental, licenciamento e instrumentos de gestão territorial. Compatibilidade com a capacidade instalada de serviços públicos e com as exigências de mobilidade urbana. Voto da relatora favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2261</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2261/parecer_41.2025_-_plc_09.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 009/2025. Parcelamento do solo urbano. Infraestrutura básica, sistema viário, áreas públicas e ordenamento territorial. Proteção ambiental, APPs, áreas verdes e controle de riscos. Regras para loteamentos, desmembramentos, condomínios urbanísticos e parcelamentos de urbanização específica. Adequação ao Plano Diretor e ao Código Florestal. Impactos sobre obras e serviços públicos. Voto da relatora favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2262</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2262/parecer_42.2025_-_plc_10.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente. Projeto de lei que dispõe sobre diretrizes de uso e ocupação do solo, infraestrutura urbana, mobilidade, sustentabilidade e proteção ambiental. Avaliação dos impactos urbanísticos e ambientais, observância dos parâmetros de planejamento municipal e das exigências de mitigação e compensação. Voto da relatora favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2263</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2263/parecer_43.2025_-_plc_11.2025.pdf</t>
+  </si>
+  <si>
+    <t>Voto favorável à aprovação do Projeto de Lei Complementar nº 11/2025, que institui o Código de Posturas do Município de Guaíra, consolidando normas sobre uso e ocupação do espaço público, higiene urbana, segurança, proteção ambiental, regulação de atividades econômicas, mobilidade, conforto e bem-estar da população, e organização de cemitérios, assegurando o desenvolvimento urbano sustentável e a eficiência da administração pública municipal. Voto da relatora favorável a tramitação do projeto. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2264</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2264/parecer_44.2025_-_plc_12.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável ao Projeto de Lei nº 012/2025, que dispõe sobre o Estudo de Impacto de Vizinhança (EIV), Relatório de Impacto de Vizinhança (RIV), Estudo de Impacto Ambiental (EIA) e Relatório de Impacto Ambiental (RIMA), em consonância com o Plano Diretor. O projeto estabelece procedimentos para análise de empreendimentos de grande porte quanto aos impactos socioeconômicos, urbanísticos, ambientais e infraestruturais, define responsabilidades técnicas dos profissionais e empreendedores, prevê mecanismos de fiscalização e complementação de estudos, e reforça a proteção de Áreas de Preservação Permanente e a gestão sustentável do território municipal. Recomenda-se a aprovação do Projeto para assegurar o ordenamento urbano, a preservação ambiental e a qualidade de vida da população. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2265</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2265/parecer_45.2025_-_pl_80.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer favorável à aprovação do Projeto de Lei nº 80/2025, que autoriza a liberação de recursos da Câmara Municipal de Guaíra, no valor de R$ 3.745.163,53, para custeio das despesas relativas à reforma e ampliação do prédio da Câmara Municipal, a ser executada pelo Poder Executivo Municipal, observadas as normas de licitação, contratação de obras públicas e exigências ambientais e urbanísticas aplicáveis. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
     <t>1593</t>
   </si>
   <si>
     <t>PCESA</t>
   </si>
   <si>
     <t>Parecer Educação/Saúde (CESA)</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1593/parecer_1.2025_-_pl_06.2025.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei nº 006/2025, de autoria da Vereadora Karina Bach.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1631/parecer_2.2025_-_pl_16.2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Educação, Saúde e Assistência sobre o Projeto de Lei nº 016/2025, da autoria do Poder Executivo, que possibilita a concessão de bolsa-auxílio destinada ao transporte de estudantes residentes em Guaíra.</t>
   </si>
   <si>
     <t>1673</t>
@@ -7009,50 +7357,125 @@
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>CEPL57 - Comissão Especial PL 57/2025</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/parecer_04.2025_-_pl_57.2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Especial sobre o Projeto de Lei nº 057/2025, da autoria do Poder Executivo, que concede licença-maternidade de 180 dias para as servidoras públicas municipais.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>CEplc4 - Comissão Especial</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/parecer_05.2025_-_plc_04.2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Especial sobre o Projeto de Lei Complementar nº 004/2025, que altera o Código Tributário Municipal para reduzir a Taxa de Coleta de Lixo.</t>
   </si>
   <si>
+    <t>2267</t>
+  </si>
+  <si>
+    <t>PEPD - Comissão Especial Plano Diretor</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2267/parecer_06.2025_-_plc_05.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Especial sobre o Projeto de Lei Complementar nº 05/2025, que institui a revisão do Plano Diretor do Município de Guaíra.</t>
+  </si>
+  <si>
+    <t>2268</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2268/parecer_07.2025_-_plc_06.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Especial sobre o Projeto de Lei Complementar nº 06/2025, que institui o novo perímetro urbano do Município de Guaíra.</t>
+  </si>
+  <si>
+    <t>2269</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2269/parecer_08.2025_-_plc_07.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Especial sobre o Projeto de Lei Complementar nº 07/2025, que dispõe sobre o sistema viário do Município de Guaíra.</t>
+  </si>
+  <si>
+    <t>2270</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2270/parecer_09.2025_-_plc_08.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Especial sobre o Projeto de Lei Complementar nº 08/2025, que dispõe sobre o uso e ocupação do solo do Município de Guaíra.</t>
+  </si>
+  <si>
+    <t>2271</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2271/parecer_11.2025_-_plc_10.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Especial sobre o Projeto de Lei Complementar nº 09/2025, que dispõe sobre o parcelamento do solo do Município de Guaíra.</t>
+  </si>
+  <si>
+    <t>2272</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2272/parecer_11.2025_-_plc_10.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Especial sobre o Projeto de Lei Complementar nº 10/2025, que dispõe sobre o Código de Obras do Município de Guaíra.</t>
+  </si>
+  <si>
+    <t>2273</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2273/parecer_12.2025_-_plc_11.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Especial sobre o Projeto de Lei Complementar nº 11/2025, que dispõe sobre o Código de Postura do Município de Guaíra.</t>
+  </si>
+  <si>
+    <t>2274</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2274/parecer_13.2025_-_plc_12.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Especial sobre o Projeto de Lei Complementar nº 12/2025, que dispõe sobre o Estudo de Impacto de Vizinhança (EIV), Relatório de Impacto de Vizinhança (RIV), Estudo de Impacto Ambiental (EIA) e Relatório de Impacto Ambiental (RIMA) em consonância com a Lei Complementar do Plano Diretor do Município de Guaíra e, dá outras providências.</t>
+  </si>
+  <si>
     <t>1621</t>
   </si>
   <si>
     <t>Parecer Conselho de Ética</t>
   </si>
   <si>
     <t>ÉTICA - Conselho de Ética e Decoro Parlamentar</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1621/parecer_no_01.2025_-_crmxkarina.pdf</t>
   </si>
   <si>
     <t>Parecer sobre a representação do CRM/PR contra a Vereadora Karina Bach.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/parecer_no_02.2025_-_mirelexgivanildo.pdf</t>
   </si>
   <si>
     <t>Parecer do Conselho de Ética sobre a representação da Vereadora Mirele Paula Cetto Leite em desfavor do Vereador Givanildo José Tirolti.</t>
   </si>
   <si>
     <t>1539</t>
@@ -7525,50 +7948,59 @@
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/mensagem_52.2025.pdf</t>
   </si>
   <si>
     <t>Encaminha os projetos de lei complementar que integram a revisão do Plano Diretor Municipal.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/mensagem_53.2025.pdf</t>
   </si>
   <si>
     <t>Encaminha projeto de lei que autoriza a liberação do valor de R$ 3.745.163,53 (três milhões, setecentos e quarenta e cinco mil, cento e sessenta e três reais e cinquenta e três centavos) da Câmara Municipal de Guaíra, Estado do Paraná, para o custeio de despesas referentes à reforma do prédio da Câmara Municipal de Guaíra, a ser executada pelo Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2188/mensagem_54.2025.pdf</t>
   </si>
   <si>
     <t>Apresenta projeto de lei acerca da instituição de gratificação mensal para as funções e Agente de Contratação, Pregoeiro, membros da Comissão de Contratação e membros da Equipe de Apoio, nos termos da Lei Federal 14.133/2021.</t>
   </si>
   <si>
+    <t>2283</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2283/mensagem_55.2025.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha veto ao Projeto de Lei nº 070/2025.</t>
+  </si>
+  <si>
     <t>2120</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Correspondência Recebida</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/of.gb.nr.460.25.pdf</t>
   </si>
   <si>
     <t>Ofício GP/NR nº 460/2025, de autoria do Poder Executivo Municipal, em resposta aos ofícios CFOF nº 03, 04, 05 e 07/2025, da Câmara Municipal de Guaíra.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/of.gb.nr.461.25.pdf</t>
   </si>
   <si>
     <t>Ofício GP/NR nº 461/2025, do Poder Executivo Municipal, em resposta ao Ofício CFOF nº 01/2025, da Câmara Municipal de Guaíra.</t>
   </si>
   <si>
     <t>2122</t>
@@ -7883,50 +8315,71 @@
     <t>Ofício GP/NR nº 565/2025, do Poder Executivo Municipal em resposta ao Ofício CFOF nº 12/2025, da Câmara Municipal de Guaíra.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>Luiz Fernando Casagrande Pereira</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2244/of._1005.2025_oab.pdf</t>
   </si>
   <si>
     <t>Ofício nº 1.005/2025, da Ordem dos Advogados do Brasil - Seção do Paraná, convidando para participação no evento CONECTALEGIS: Advocacia em Conexão com o Parlamento.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>Lucas Rafacho Rodrigues</t>
   </si>
   <si>
     <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2245/of._12.2025_agape.pdf</t>
   </si>
   <si>
     <t>Ofício nº 012/2025, da Associação Guairense de Pessoas com Deficiência Vida Nova - ÁGAPE-VIVA, contendo considerações técnicas sobre Projeto de Lei do "Selo de Acessibilidade" e Proposição de Medidas Legislativas Complementares.</t>
+  </si>
+  <si>
+    <t>2289</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2289/of_gp_nr_570_2025_-_executivo_-_encaminha_as_leis_2.444_2.445_e_2.446-2025.pdf</t>
+  </si>
+  <si>
+    <t>OF GP NR 570 2025 - Executivo Municipal - Encaminha a Lei 2.444/2025 - PPA 2026 a 2029; 2.445/2025 - LDO 2026 e 2.446/2025 - LOA 2026.</t>
+  </si>
+  <si>
+    <t>2293</t>
+  </si>
+  <si>
+    <t>Sergio Wippel, Wilson Bley Lipski</t>
+  </si>
+  <si>
+    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2293/05122025_ms..pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.059/2025, da Sanepar, em resposta ao Requerimento nº 28/2025 (Of. 26/2025).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -8230,56 +8683,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1512/projeto_de_emenda_a_lei_organica_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_de_emenda_a_lei_organica_02.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/projeto_de_lei_01.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/projeto_de_lei_02.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/projeto_de_lei_03.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1511/projeto_de_lei_04.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/projeto_de_lei_05.2025_-_mesa_-_abono_jornada_-_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/projeto_de_lei_06.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/projeto_de_lei_07.2025_-_mireli_-_cristiane_-_keila.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1532/projeto_de_lei_08.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/projeto_de_lei_09.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/projeto_de_lei_10.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/projeto_de_lei_11.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/projeto_de_lei_12.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/projeto_de_lei_13.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/projeto_de_lei_14.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_15.2025_-_adriano-beto-mirele.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/projeto_de_lei_16.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1567/projeto_de_lei_17.2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1568/projeto_de_lei_18.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/projeto_de_lei_19.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1601/projeto_de_lei_20.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1657/projeto_de_lei_21.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1678/projeto_de_lei_22.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1681/projeto_de_lei_23.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1682/projeto_de_lei_24.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_de_lei_25.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1733/projeto_de_lei_26.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_de_lei_27.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1739/projeto_de_lei_28.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1741/projeto_de_lei_29.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_30.2025_-_claudemir_-_karina_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1753/projeto_de_lei_31.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1754/projeto_de_lei_32.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1760/projeto_de_lei_33.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1772/projeto_de_lei_34.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1786/projeto_de_lei_35.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1808/projeto_de_lei_36.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/projeto_de_lei_37.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/projeto_de_lei_38.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1838/projeto_de_lei_39.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/projeto_de_lei_40.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/projeto_de_lei_41.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_de_lei_42.2025_-_karina_-_cristiane_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_lei_43.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_44.2025_-_mirele_-_cristiane_-_karina.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/projeto_de_lei_45.2025_-_keila_-_adriano_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_46.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/projeto_de_lei_47.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/projeto_de_lei_48.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/projeto_de_lei_49-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/projeto_de_lei_50-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/projeto_de_lei_51-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/projeto_de_lei_52-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/projeto_de_lei_53-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/projeto_de_lei_54-2025_-_karina_-_cris_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/projeto_de_lei_55-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/projeto_de_lei_56-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/projeto_de_lei_57-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_58-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/projeto_de_lei_59-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_60-2025_-_mirele_-_cristiane_-_karina.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_61-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_62-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/projeto_de_lei_n_063-2025_-_executivo_-altera_lei_1.247.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/projeto_de_lei_64-2025_-_givanildo_-_adriano_-_keila.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto_de_lei_65-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/projeto_de_lei_66-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_67-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/projeto_de_lei_68-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/projeto_de_lei_69-2025_-_adriano_-_givanildo_-_joao_-_keila_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/projeto_de_lei_70-2025_-_cristiane_e_outros.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/projeto_de_lei_71-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_72-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_73-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_74-2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_75-2025_-_mirele_e_outros.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/projeto_de_lei_76-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/projeto_de_lei_77-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/projeto_de_lei_78-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/projeto_de_lei_79-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_lei_80-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1581/projeto_lei_c_01-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_lei_c_02-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1782/projeto_lei_c_03-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_lei_c_04-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/projeto_lei_c_05-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/projeto_lei_c_06-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/projeto_lei_c_07-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_lei_c_08-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_lei_c_09-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/projeto_lei_c_10-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/projeto_lei_c_11-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/projeto_lei_c_12-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1783/projeto_de_decreto_legislativo_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_de_decreto_legislativo_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/projeto_de_decreto_legislativo_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2234/projeto_de_decreto_legislativo_no_04.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_resolucao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_resolucao_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/projeto_de_resolucao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1582/projeto_de_resolucao_no_04.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/projeto_de_resolucao_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/emensa_01.2025_-_pres_02-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/emensa_02.2025_-_pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/emensa_03.2025_-_pl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/emensa_04.2025_-_pl_11.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1585/emenda_no_05.2025_-_p._res._04.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1625/emenda_no_06..2025_-_p._lc._01.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1635/emenda_no_07..2025_-_p._l._012.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1626/emenda_no_08..2025_-_p._res._04.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1676/emensa_09.2025_-_pl_16.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1685/emensa_10.2025_-_pl_12.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1717/emenda_no_11..2025_-_p._l._14.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1761/emenda_no_12..2025_-_p._l._19.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1762/emensa_13.2025_-_pl_31.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1789/emensa_14.2025_-_pl_27.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1784/emenda_no_15..2025_-_p._l._19.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1774/emensa_16.2025_-_pl_31.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1814/emensa_17.2025_-_pl_36.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/emensa_18.2025_-_pl_39.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/emensa_19.2025_-_pl_42.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/emensa_20.2025_-_pl_46.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/emenda_no_21..2025_-_p._l._53.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/emensa_22.2025_-_pl_57.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/emensa_23.2025_-_pl_59.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/emenda_no_24.2025_-_p._l._56.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/emensa_25.2025_-_pl_54.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/emensa_26.2025_-_pl_64.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/emensa_27.2025_-_pl_77.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2247/emensa_28.2025_-_pl_79.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1565/requerimento_no_01.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_no_02.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1616/requerimento_no_03.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1623/requerimento_no_04.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1624/requerimento_no_05.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1653/requerimento_no_06.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1654/requerimento_no_07.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_no_08.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1715/requerimento_no_09.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1788/requerimento_no_10.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1809/requerimento_no_11.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1810/requerimento_no_12.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_no_13.2025_-_cristiane_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_no_14.2025_-_cristiane_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/requerimento_no_15.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/requerimento_no_16.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/requerimento_no_17.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/requerimento_no_18.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/requerimento_no_19.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_no_20.2025_-_karina_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/requerimento_no_21.2025_-_karina_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/requerimento_no_22.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/requerimento_no_24.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/requerimento_n_025.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/requerimento_no_26.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/requerimento_no_27.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/requerimento_no_28.2025_-_mirele_-_cristiane_-_karina_-_claudemir_-_joao_-_beto_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/requerimento_no_29.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_no_30.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/requerimento_no_31.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_no_32.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/requerimento_no_33.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/requerimento_no_34.2025_-_mirele_-_karina.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2239/requerimento_no_35.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1570/oficio_crm.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1710/representacao_02.2025_-_mirele_x_givanildo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/representacao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1731/mocao_01.2025_-_unioeste_-_cintia_f._lima_-_eric_g._cardin_-_max_a._a._ferreira.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/mocao_02.2025_-_stf_-_apae.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/mocao_n_03-2025_-__antonio_silvio_diniz.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2052/mocao_4.2025_-_associacao_mesatenistas_de_guaira.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/mocao_n_05-2025_-_repudio_copel.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/mocao_n_08-2025_-_projeto_mana.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/mocao_n_06-2025_-_ana_maria_menel_maravieski.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_001.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_002.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_no_003.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_no_004.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_no_005.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_no_006.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1553/indicacao_no_007.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/indicacao_no_008.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/indicacao_no_009.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_no_010.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_011.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_012.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_no_013.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_014.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_015.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_016.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_017.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_018.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_019.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_020.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_no_021.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_no_022.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_no_023.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_024.2025_-_adriano_-_alterado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1587/indicacao_no_025.2025_-_adriano_-_beto.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_no_026.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_027.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_028.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_no_029.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_no_030.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_no_031.2025_-_karina_-_tereza_-_cristiane_-_mirele_-_keila.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_no_032.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_no_033.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1602/indicacao_no_034.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1603/indicacao_no_035.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1604/indicacao_no_036.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_no_037.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_no_038.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_no_039.2025_-_gilmar_-_alterado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_no_040.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1609/indicacao_no_041.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_042.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_043.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_044.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_045.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_046.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_no_047.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_no_048.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_no_049.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_no_050.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1622/indicacao_no_051.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_no_052.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1643/indicacao_no_053.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1644/indicacao_no_054.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_no_055.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_no_056.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1647/indicacao_no_057.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1648/indicacao_no_058.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1649/indicacao_no_059.2025_-_joao_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1650/indicacao_no_060.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1651/indicacao_no_061.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_no_062.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_no_063.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_no_064.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_no_065.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_no_066.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_no_067.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_no_068.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_no_069.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_no_070.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_no_071.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1666/indicacao_no_072.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_no_073.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_no_074.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_no_075.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1690/indicacao_no_076.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1691/indicacao_no_077.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1692/indicacao_no_078.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1693/indicacao_no_079.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1694/indicacao_no_080.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1695/indicacao_no_081.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_no_082.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1703/indicacao_no_083.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1704/indicacao_no_084.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_no_085.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_no_086.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_no_087.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_no_088.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1711/indicacao_no_089.2025_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_no_090.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1713/indicacao_no_091.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_no_092.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_no_093.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_no_094.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1724/indicacao_no_095.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_no_096.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_no_097.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_no_098.2025_-_karina_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_no_099.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_no_100.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_no_101.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_no_102.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1740/indicacao_no_103.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_no_104.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_no_105.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_no_106.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1745/indicacao_no_107.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1746/indicacao_no_108.2025_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_no_109.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_no_110.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_no_111.2025_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_no_112.2025_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_no_113.2025_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_no_114.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_no_115.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_no_116.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_no_117.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1776/indicacao_no_118.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_no_119.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_no_120.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1779/indicacao_no_121.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_no_122.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_no_123.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_no_124.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_no_125.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_no_126.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_no_127.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_no_128.2025_-_keila_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_no_129.2025_-_claudemir_-_joao.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_no_130.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_no_131.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1811/indicacao_no_132.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_no_133.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_no_134.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_no_135.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_no_136.2025_-_karina_-_tereza_-_cristiane_-_mirele_-_keila.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_no_137.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_no_138.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_139.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_no_140.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_no_141.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_no_142.2025_-_claudemir_e_outros.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_no_143.2025_-_mirele_-_cristiane_-_karina.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_no_144.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao_no_145.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao_no_146.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_147.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_no_148.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_149.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_no_150.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_151.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_155.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_153.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_154.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_155.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/indicacao_no_156.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_no_157.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_no_158.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_no_159.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_no_160.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao_no_161.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/indicacao_no_162.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao_no_163.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_no_164.2025_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_no_165.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_no_166.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_no_167.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1896/indicacao_no_168.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_no_169.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_no_170.2025_-_tereza_-_keila.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_no_171.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_no_172.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_no_173.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_no_174.2025_-_mirele_e_outros.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_no_175.2025_-_claudemir_-_beto_-_adriano_-_givanildo_-_joao_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_no_176.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/indicacao_no_177.2025_-_adriano_-_claudemir_-_beto_-_givanildo_-_joao_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/indicacao_no_178.2025_-_adriano_e_outros.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_no_179.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_no_180.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/indicacao_no_181.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao_no_182.2025_-_tereza_-_keila.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_no_183.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/indicacao_no_184.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_no_185.2025_-_cristiane_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1924/indicacao_no_186.2025_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_no_187.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_no_188.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_no_189.2025_-_cristiane_e_outros.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_no_190.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_no_191.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_no_192.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_no_193.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_no_194.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_no_195.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_no_196.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_no_197.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_no_198.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_no_199.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_no_201.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_no_202.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_no_203.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_no_204.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_no_205.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_no_206.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_no_207.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao_no_208.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao_no_209.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_no_210.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_no_211.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_no_212.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_no_213.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_no_214.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_no_215.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_no_216.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_no_217.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_no_218.2025_-claudemir.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_no_219.2025_-claudemir.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no_220.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_no_221.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_no_222.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_no_223.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_no_224.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_no_225.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/indicacao_no_226.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_no_227.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_no_228.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_n__229.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_n_230_2025_-_gilmar_-_reestruturacao_do_plano_de_carreira__magisterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_n_231-2025_-_keila_marta_francisco.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_n_232-2025_-_cristiane_giangarelli.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_n_233-2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_n_234-2025_-_claudemir_motorista.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_n_235-2025_-_tereza_e_keila.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_n_236-2025_-_adriano_e_joao.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_n_237_-_2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_n_238-2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_no_239.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_no_240.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_no_241.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_no_242.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_no_243.2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao_no_244.2025_-_cristiane_-_mirele_-_karina.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_no_245.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/indicacao_no_246.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_no_247.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_no_248.2025_-_tereza_-_keila.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_no_249.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_no_250.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_no_251.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_no_252.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_no_253.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_no_254.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_no_255.2025_-_karina_e_outros.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_no_256.2025_-_claudemir_-_anulado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_no_257.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_no_258.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacao_no_259.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/indicacao_no_260.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/indicacao_no_261.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_no_262.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_no_263.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_no_264.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_no_265.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_no_266.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_no_267.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_no_268.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_no_269.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_no_270.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/indicacao_no_271.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/indicacao_no_272.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_no_273.2025_-_claudemir_e_outros.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/indicacao_no_274.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_no_275.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_no_276.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_no_277.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/indicacao_no_278.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2204/indicacao_no_279.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_no_280.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_no_281.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_no_282.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_no_283.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_no_284.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_no_285.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_no_286.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_no_287.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_no_288.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_no_289.2025_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/parecer_01.2025_-_pl_03.2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/parecer_02.2025_-_pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/parecer_03.2025_-_pl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/parecer_04.2025_-_pl_04.2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/parecer_05.2025_-_p_res_01.2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/parecer_06.2025_-_pl_05.2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1556/parecer_07.2025_-_pl_09.2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1559/parecer_08.2025_-_pl_11.2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1591/parecer_09.2025_-_pelo_01.2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1592/parecer_10.2025_-_pl_06.2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1594/parecer_11.2025_-_pres_03.2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1636/parecer_12.2025_-_plc_01.2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1637/parecer_13.2025_-_pl_16.2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1638/parecer_14.2025_-_pl_07.2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1639/parecer_15.2025_-_pl_08.2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1640/parecer_16.2025_-_pl_17.2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1641/parecer_17.2025_-_pres_04.2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1669/parecer_18.2025_-_emenda_09.2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1670/parecer_19.2025_-_pl_12.2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1671/parecer_20.2025_-_pl_20.2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1672/parecer_21.2025_-_pl_14.2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1696/parecer_22.2025_-_pl_23.2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1697/parecer_23.2025_-_pl_24.2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1719/parecer_24.2025_-_emenda_11.2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1720/parecer_25.2025_-_plc_02.2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1763/parecer_26.2025_-_mensagem_13.2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1764/parecer_27.2025_-_pl_19.2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1765/parecer_28.2025_-_pl_25.2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1766/parecer_29.2025_-_pl_31.2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1797/parecer_30.2025_-_pl_27.2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1798/parecer_31.2025_-_pl_35.2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1799/parecer_32.2025_-_pl_26.2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1800/parecer_33.2025_-_pl_28.2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1815/parecer_34.2025_-_plc_03.2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1816/parecer_35.2025_-_pl_33.2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1817/parecer_36.2025_-_pl_34.2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1818/parecer_37.2025_-_pl_36.2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1839/parecer_38.2025_-_pl_38.2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/parecer_39.2025_-_pl_39.2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/parecer_40.2025_-_pl_37.2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/parecer_41.2025_-_pl_38.2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/parecer_42.2025_-_pl_41.2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/parecer_43.2025_-_pl_43.2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/parecer_44.2025_-_pl_42.2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/parecer_45.2025_-_pdl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/parecer_46.2025_-_pl_46.2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/parecer_47.2025_-_pl_48.2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/parecer_48.2025_-_pl_49.2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/parecer_49.2025_-_pl_53.2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/parecer_50.2025_-_pl_50.2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/parecer_51.2025_-_pl_59.2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/parecer_52.2025_-_pl_56.2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/parecer_53.2025_-_pl_60.2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/parecer_54.2025_-_pl_64.2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/parecer_55.2025_-_pl_65.2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/parecer_56.2025_-_pl_63.2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/parecer_57.2025_-_plc_04.2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/parecer_58.2025_-_pl_72.2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/parecer_59.2025_-_pl_73.2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/parecer_60.2025_-_pl_67.2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/parecer_61.2025_-_pl_71.2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/parecer_62.2025_-_pl_54.2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/parecer_63.2025_-_pl_59.2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/parecer_64.2025_-_pl_70.2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/parecer_65.2025_-_pr_05.2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2207/parecer_66.2025_-_pl_74.2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2208/parecer_67.2025_-_pl_76.2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2209/parecer_68.2025_-_pl_77.2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/parecer_69.2025_-_pl_79.2025.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/parecer_70.2025_-_pdl_03.2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/parecer_1.25_-_pl_3.25.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/parecer_2.25_-_pl_1.25.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/parecer_3.25_-_pl_2.25.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/parecer_4.25_-_pl_4.25.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/parecer_5.25_-_pl_5.25.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1557/parecer_6.25_-_pl_9.25.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/parecer_7.25_-_pl_11.25.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1632/parecer_8.25_-_pl_20.25.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1633/parecer_9.25_-_plc_01.25.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1634/parecer_10.25_-_pl_16.25.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1683/parecer_11.25_-_emenda_09.2025.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1684/parecer_12.25_-_pl_21.25.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1700/parecer_13.25_-_pl_23.25.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1701/parecer_14.25_-_pl_24.25.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1767/parecer_15.25_-_pl_25.25.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1773/parecer_16.25_-_pl_31.25.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1795/parecer_17.25_-_pl_35.25.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1796/parecer_18.25_-_pl_28.25.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1823/parecer_19.25_-_plc_03.25.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1824/parecer_20.25_-_pl_33.25.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1825/parecer_21.25_-_pl_36.25.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/parecer_22.25_-_pl_32.25.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/parecer_23.25_-_pl_37.25.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/parecer_24.25_-_pl_40.25.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_25.25_-_pl_43.25.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/parecer_26.25_-_pl_47.25.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/parecer_27.25_-_pl_51.25.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/parecer_28.25_-_pl_52.25.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/parecer_29.25_-_pl_50.25.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/parecer_30.25_-_pl_58.25.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/parecer_31.25_-_pl_59.25.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/parecer_32.25_-_pl_62.25.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/parecer_33.25_-_pl_68.25.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/parecer_34.25_-_pl_60.25.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/parecer_35.25_-_pl_63.25.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/parecer_36.25_-_plc_04.25.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/parecer_37.25_-_pl_54.25.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2184/parecer_38.25_-_pl_55.25.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/parecer_39.25_-_pl_61.25.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/parecer_40.25_-_pl_66.25.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/parecer_42.25_-_pl_79.25.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/parecer_42.25_-_pl_79.25.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/parecer_43.25_-_contas_2024.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/parecer_01.2025_-_pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/parecer_02.2025_-_pl_05.2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/parecer_03.2025_-_pl_11.2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1628/parecer_04.2025_-_pl_07.2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1629/parecer_05.2025_-_pl_08.2025.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1630/parecer_06.2025_-_pl_17.2025.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1677/parecer_07.2025_-_pl_12.2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1698/parecer_08.2025_-_pl_23.2025.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1699/parecer_09.2025_-_pl_24.2025.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1729/parecer_10.2025_-_plc_02.2025.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1768/parecer_11.2025_-_pl_19.2025.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1769/parecer_12.2025_-_pl_31.2025.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1793/parecer_13.2025_-_pl_26.2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1794/parecer_14.2025_-_pl_28.2025.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1819/parecer_15.2025_-_plc_03.2025.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1820/parecer_16.2025_-_pl_34.2025.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1821/parecer_17.2025_-_pl_36.2025.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/parecer_18.2025_-_pl_39.2025.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/parecer_19.2025_-_pl_041.2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/parecer_20.2025_-_pl_043.2025.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/parecer_21.2025_-_pl_046.2025.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/parecer_22.2025_-_pl_048.2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/parecer_23.2025_-_pl_049.2025.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/parecer_24.2025_-_pl_053.2025.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/parecer_25.2025_-_pl_059.2025.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/parecer_26.2025_-_pl_056.2025.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/parecer_27.2025_-_plc_04.2025.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/parecer_28.2025_-_pl_72.2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/parecer_29.2025_-_pl_73.2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/parecer_30.2025_-_pl_67.2025.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/parecer_31.2025_-_pl_54.2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/parecer_32.2025_-_pl_70.2025.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/parecer_33.2025_-_pl_74..2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/parecer_34.2025_-_pl_76..2025.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/parecer_35.2025_-_pl_77..2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2240/parecer_36.2025_-_pl_79..2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1593/parecer_1.2025_-_pl_06.2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1631/parecer_2.2025_-_pl_16.2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1673/parecer_3.2025_-_pl_12.2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1674/parecer_4.2025_-_pl_13.2025.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1675/parecer_5.2025_-_emenda_09.2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1718/parecer_6.2025_-_pl_14.2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1770/parecer_7.2025_-_pl_25.2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1801/parecer_8.2025_-_pl_27.2025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1802/parecer_9.2025_-_pl_26.2025.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1822/parecer_10.2025_-_pl_33.2025.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/parecer_11.2025_-_pl_32.2025.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/parecer_12.2025_-_pl_39.2025.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/parecer_13.2025_-_pl_37.2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/parecer_14.2025_-_pl_38.2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/parecer_15.2025_-_pl_42.2025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/parecer_16.2025_-_pdl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/parecer_17.2025_-_pl_46.2025.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/parecer_18.2025_-_pl_48.2025.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/parecer_19.2025_-_pl_53.2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/parecer_20.2025_-_pl_50.2025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/parecer_21.2025_-_pl_64.2025.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/parecer_22.2025_-_pl_65.2025.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/parecer_23.2025_-_pl_73.2025.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/parecer_24.2025_-_pl_71.2025.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/parecer_25.2025_-_pl_70.2025.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/parecer_26.2025_-_pl_74.2025.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/parecer_27.2025_-_pl_77.2025.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/parecer_28.2025_-_pdl_03.2025.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1627/parecer_01.2025_-_plc_01.2025.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1730/parecer_02.2025_-_plc_02.2025.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/parecer_03.2025_-_plc_03.2025.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/parecer_04.2025_-_pl_57.2025.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/parecer_05.2025_-_plc_04.2025.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1621/parecer_no_01.2025_-_crmxkarina.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/parecer_no_02.2025_-_mirelexgivanildo.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/mensagem_01.2025.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/mensagem_02.2025.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/mensagem_03.2025.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/mensagem_04.2025.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/mensagem_05.2025.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1580/mensagem_06.2025.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1600/mensagem_07.2025.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1615/mensagem_08.2025.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1656/mensagem_09.2025.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1679/mensagem_10.2025.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1680/mensagem_11.2025.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1688/mensagem_12.2025.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1732/mensagem_13.2025.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1737/mensagem_14.2025.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1752/mensagem_15.2025.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1759/mensagem_16.2025.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1771/mensagem_17.2025.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1781/mensagem_18.2025.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1785/mensagem_19.2025.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/projeto_de_lei_37.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/mensagem_21.2025.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1837/mensagem_22.2025.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/mensagem_23.2025.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/mensagem_24.2025.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/mensagem_25.2025.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/mensagem_26.2025.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1925/mensagem_27.2025.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/mensagem_28.2025.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/mensagem_29.2025.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/mensagem_30.2025.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/mensagem_31.2025.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/mensagem_32.2025.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/mensagem_33.2025.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/mensagem_34.2025.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/mensagem_35.2025.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/mensagem_36.2025.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/mensagem_37.2025.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/mensagem_38.2025.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/mensagem_39.2025.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/mensagem_40.2025.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/mensagem_41.2025.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/mensagem_n_042-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/mensagem_43.2025.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2070/mensagem_44.2025.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/mensagem_45.2025.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/mensagem_46.2025.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/mensagem_47.2025.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/mensagem_48.2025.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/mensagem_49.2025.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/mensagem_50.2025.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2182/mensagem_51.2025.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/mensagem_52.2025.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/mensagem_53.2025.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2188/mensagem_54.2025.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/of.gb.nr.460.25.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/of.gb.nr.461.25.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/of.gb.nr.462.25.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/emenda_parlamentar_202544870003.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/of._515.2025.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/of._465.2025.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/of._467.2025.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/of._469.2025.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/of._470.2025.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/of._513.2025.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/of514.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/of._872-2025_-_camara_dos_deputados.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/of_gp_nr_528_2025_-_executivo_-_resposta_ao_requerimento_n_029-2025_karina.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/of_gp_nr_529_2025_-_executivo_-_resposta_requerimento_026_2025_gilmar.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/oficio_n_93725_-_deputado_hussein_bakri_-_convite.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/oficio_n_1819_2025_-_deputado_gugu_bueno_-encaminha_copia_requerimento_delegado_tito_barichello.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/oficiosemtecdir.turismo_052_2025_convite_para_o_74o_aniversario_de_guaira.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/of_gp_nr_533_2025_-_executivo_-_encaminha_leis_2.435_2.436_2.437_e_2.438.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/of_gp_nr_532_2025_-_resposta_a_indicacao_n_1862025_-_oficio_n_062-2025_-_givanildo_e_adriano.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/noticia_de_fato_n_0057.25.000328-2_-_promocao_de_arquivamento.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/oficio_n_951_2025_-_deputado_dilceu_sperafico_-_informa_pagamento_de_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/oficio_738.2025_tce-pr.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/oficio_538.2025.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/oficio_seplan_196.2025.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/oficio_1023.2025_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/of._536.2025.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/of._548.2025.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/of.122.2025.smed.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/of.133.2025.smed.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2227/of._19751.2025.crbm.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/of._556.2025.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/of._562.2025.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/of._565.2025.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2244/of._1005.2025_oab.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2245/of._12.2025_agape.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1512/projeto_de_emenda_a_lei_organica_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1709/projeto_de_emenda_a_lei_organica_02.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1508/projeto_de_lei_01.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1509/projeto_de_lei_02.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1510/projeto_de_lei_03.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1511/projeto_de_lei_04.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1529/projeto_de_lei_05.2025_-_mesa_-_abono_jornada_-_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1530/projeto_de_lei_06.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1531/projeto_de_lei_07.2025_-_mireli_-_cristiane_-_keila.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1532/projeto_de_lei_08.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1533/projeto_de_lei_09.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1534/projeto_de_lei_10.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1535/projeto_de_lei_11.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1536/projeto_de_lei_12.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1537/projeto_de_lei_13.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1543/projeto_de_lei_14.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1544/projeto_de_lei_15.2025_-_adriano-beto-mirele.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1546/projeto_de_lei_16.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1567/projeto_de_lei_17.2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1568/projeto_de_lei_18.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1569/projeto_de_lei_19.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1601/projeto_de_lei_20.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1657/projeto_de_lei_21.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1678/projeto_de_lei_22.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1681/projeto_de_lei_23.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1682/projeto_de_lei_24.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1714/projeto_de_lei_25.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1733/projeto_de_lei_26.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1738/projeto_de_lei_27.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1739/projeto_de_lei_28.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1741/projeto_de_lei_29.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_30.2025_-_claudemir_-_karina_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1753/projeto_de_lei_31.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1754/projeto_de_lei_32.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1760/projeto_de_lei_33.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1772/projeto_de_lei_34.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1786/projeto_de_lei_35.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1808/projeto_de_lei_36.2025_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1835/projeto_de_lei_37.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1836/projeto_de_lei_38.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1838/projeto_de_lei_39.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1862/projeto_de_lei_40.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1863/projeto_de_lei_41.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_de_lei_42.2025_-_karina_-_cristiane_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_lei_43.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_44.2025_-_mirele_-_cristiane_-_karina.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1906/projeto_de_lei_45.2025_-_keila_-_adriano_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_46.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1926/projeto_de_lei_47.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1936/projeto_de_lei_48.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1937/projeto_de_lei_49-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1961/projeto_de_lei_50-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1963/projeto_de_lei_51-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1974/projeto_de_lei_52-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1976/projeto_de_lei_53-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1990/projeto_de_lei_54-2025_-_karina_-_cris_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1997/projeto_de_lei_55-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1998/projeto_de_lei_56-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1999/projeto_de_lei_57-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2011/projeto_de_lei_58-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2024/projeto_de_lei_59-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_60-2025_-_mirele_-_cristiane_-_karina.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2042/projeto_de_lei_61-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2044/projeto_de_lei_62-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2046/projeto_de_lei_n_063-2025_-_executivo_-altera_lei_1.247.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2049/projeto_de_lei_64-2025_-_givanildo_-_adriano_-_keila.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2050/projeto_de_lei_65-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2051/projeto_de_lei_66-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2071/projeto_de_lei_67-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2072/projeto_de_lei_68-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2083/projeto_de_lei_69-2025_-_adriano_-_givanildo_-_joao_-_keila_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2084/projeto_de_lei_70-2025_-_cristiane_e_outros.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2091/projeto_de_lei_71-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_72-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_73-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2138/projeto_de_lei_74-2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2143/projeto_de_lei_75-2025_-_mirele_e_outros.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2146/projeto_de_lei_76-2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2171/projeto_de_lei_77-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2183/projeto_de_lei_78-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2189/projeto_de_lei_79-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2222/projeto_de_lei_80-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1581/projeto_lei_c_01-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1689/projeto_lei_c_02-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1782/projeto_lei_c_03-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_lei_c_04-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2190/projeto_lei_c_05-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/projeto_lei_c_06-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/projeto_lei_c_07-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_lei_c_08-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2194/projeto_lei_c_09-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2195/projeto_lei_c_10-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2196/projeto_lei_c_11-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2197/projeto_lei_c_12-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1783/projeto_de_decreto_legislativo_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1901/projeto_de_decreto_legislativo_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2181/projeto_de_decreto_legislativo_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2234/projeto_de_decreto_legislativo_no_04.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1506/projeto_de_resolucao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1507/projeto_de_resolucao_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1538/projeto_de_resolucao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1582/projeto_de_resolucao_no_04.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2094/projeto_de_resolucao_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1515/emensa_01.2025_-_pres_02-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1516/emensa_02.2025_-_pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1520/emensa_03.2025_-_pl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1561/emensa_04.2025_-_pl_11.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1585/emenda_no_05.2025_-_p._res._04.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1625/emenda_no_06..2025_-_p._lc._01.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1635/emenda_no_07..2025_-_p._l._012.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1626/emenda_no_08..2025_-_p._res._04.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1676/emensa_09.2025_-_pl_16.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1685/emensa_10.2025_-_pl_12.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1717/emenda_no_11..2025_-_p._l._14.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1761/emenda_no_12..2025_-_p._l._19.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1762/emensa_13.2025_-_pl_31.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1789/emensa_14.2025_-_pl_27.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1784/emenda_no_15..2025_-_p._l._19.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1774/emensa_16.2025_-_pl_31.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1814/emensa_17.2025_-_pl_36.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1841/emensa_18.2025_-_pl_39.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1932/emensa_19.2025_-_pl_42.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1954/emensa_20.2025_-_pl_46.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1980/emenda_no_21..2025_-_p._l._53.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2015/emensa_22.2025_-_pl_57.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2025/emensa_23.2025_-_pl_59.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2057/emenda_no_24.2025_-_p._l._56.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2095/emensa_25.2025_-_pl_54.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2096/emensa_26.2025_-_pl_64.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2215/emensa_27.2025_-_pl_77.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2247/emensa_28.2025_-_pl_79.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2275/emensa_29.2025_-_plc_05.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2276/emensa_30.2025_-_plc_06.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2277/emensa_31.2025_-_plc_07.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2278/emensa_32.2025_-_plc_008.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2280/emensa_33.2025_-_plc_009.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2279/emensa_34.2025_-_plc_010.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2281/emensa_35.2025_-_plc_011.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2282/emensa_36.2025_-_plc_012.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1565/requerimento_no_01.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1566/requerimento_no_02.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1616/requerimento_no_03.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1623/requerimento_no_04.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1624/requerimento_no_05.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1653/requerimento_no_06.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1654/requerimento_no_07.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1686/requerimento_no_08.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1715/requerimento_no_09.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1788/requerimento_no_10.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1809/requerimento_no_11.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1810/requerimento_no_12.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1830/requerimento_no_13.2025_-_cristiane_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1831/requerimento_no_14.2025_-_cristiane_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1845/requerimento_no_15.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1866/requerimento_no_16.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1890/requerimento_no_17.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1900/requerimento_no_18.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1964/requerimento_no_19.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1972/requerimento_no_20.2025_-_karina_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1988/requerimento_no_21.2025_-_karina_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1989/requerimento_no_22.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2022/requerimento_no_24.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2040/requerimento_n_025.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2056/requerimento_no_26.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2080/requerimento_no_27.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2081/requerimento_no_28.2025_-_mirele_-_cristiane_-_karina_-_claudemir_-_joao_-_beto_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2082/requerimento_no_29.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2102/requerimento_no_30.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2103/requerimento_no_31.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2137/requerimento_no_32.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2219/requerimento_no_33.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2220/requerimento_no_34.2025_-_mirele_-_karina.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2239/requerimento_no_35.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2294/requerimento_no_36.2025_-_comissao_de_financas_orcamento_e_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1570/oficio_crm.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1710/representacao_02.2025_-_mirele_x_givanildo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1919/representacao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1731/mocao_01.2025_-_unioeste_-_cintia_f._lima_-_eric_g._cardin_-_max_a._a._ferreira.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1867/mocao_02.2025_-_stf_-_apae.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1878/mocao_n_03-2025_-__antonio_silvio_diniz.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2052/mocao_4.2025_-_associacao_mesatenistas_de_guaira.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2167/mocao_n_05-2025_-_repudio_copel.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2168/mocao_n_08-2025_-_projeto_mana.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2169/mocao_n_06-2025_-_ana_maria_menel_maravieski.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2288/mocao_n_09-2025_-_ivan_wachsmann_-_fernanda_martinazzo_-_cristiano_fumio_wagatsuma.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1547/indicacao_no_001.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_002.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_no_003.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_no_004.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1551/indicacao_no_005.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1552/indicacao_no_006.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1553/indicacao_no_007.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1554/indicacao_no_008.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1555/indicacao_no_009.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_no_010.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_011.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_012.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1571/indicacao_no_013.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_014.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_015.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_016.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_017.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_018.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_019.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_020.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_no_021.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1583/indicacao_no_022.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1584/indicacao_no_023.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_024.2025_-_adriano_-_alterado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1587/indicacao_no_025.2025_-_adriano_-_beto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_no_026.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_027.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_028.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1595/indicacao_no_029.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_no_030.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_no_031.2025_-_karina_-_tereza_-_cristiane_-_mirele_-_keila.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_no_032.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_no_033.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1602/indicacao_no_034.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1603/indicacao_no_035.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1604/indicacao_no_036.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_no_037.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_no_038.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_no_039.2025_-_gilmar_-_alterado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_no_040.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1609/indicacao_no_041.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_042.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_043.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1612/indicacao_no_044.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_045.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_046.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_no_047.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1618/indicacao_no_048.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_no_049.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1620/indicacao_no_050.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1622/indicacao_no_051.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1642/indicacao_no_052.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1643/indicacao_no_053.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1644/indicacao_no_054.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1645/indicacao_no_055.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1646/indicacao_no_056.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1647/indicacao_no_057.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1648/indicacao_no_058.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1649/indicacao_no_059.2025_-_joao_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1650/indicacao_no_060.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1651/indicacao_no_061.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1652/indicacao_no_062.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1655/indicacao_no_063.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1658/indicacao_no_064.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1659/indicacao_no_065.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1660/indicacao_no_066.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1661/indicacao_no_067.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1662/indicacao_no_068.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1663/indicacao_no_069.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1664/indicacao_no_070.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1665/indicacao_no_071.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1666/indicacao_no_072.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1667/indicacao_no_073.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1668/indicacao_no_074.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1687/indicacao_no_075.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1690/indicacao_no_076.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1691/indicacao_no_077.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1692/indicacao_no_078.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1693/indicacao_no_079.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1694/indicacao_no_080.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1695/indicacao_no_081.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1702/indicacao_no_082.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1703/indicacao_no_083.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1704/indicacao_no_084.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1705/indicacao_no_085.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1706/indicacao_no_086.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1707/indicacao_no_087.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1708/indicacao_no_088.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1711/indicacao_no_089.2025_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1712/indicacao_no_090.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1713/indicacao_no_091.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1721/indicacao_no_092.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1722/indicacao_no_093.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1723/indicacao_no_094.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1724/indicacao_no_095.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1725/indicacao_no_096.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1726/indicacao_no_097.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1727/indicacao_no_098.2025_-_karina_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1728/indicacao_no_099.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1734/indicacao_no_100.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1735/indicacao_no_101.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1736/indicacao_no_102.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1740/indicacao_no_103.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1742/indicacao_no_104.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1743/indicacao_no_105.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1744/indicacao_no_106.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1745/indicacao_no_107.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1746/indicacao_no_108.2025_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1747/indicacao_no_109.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1748/indicacao_no_110.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1750/indicacao_no_111.2025_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1751/indicacao_no_112.2025_-_mirele_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1755/indicacao_no_113.2025_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1756/indicacao_no_114.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1757/indicacao_no_115.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1758/indicacao_no_116.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1775/indicacao_no_117.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1776/indicacao_no_118.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1777/indicacao_no_119.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1778/indicacao_no_120.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1779/indicacao_no_121.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1780/indicacao_no_122.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1787/indicacao_no_123.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1790/indicacao_no_124.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1791/indicacao_no_125.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1792/indicacao_no_126.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_no_127.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1804/indicacao_no_128.2025_-_keila_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1805/indicacao_no_129.2025_-_claudemir_-_joao.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1806/indicacao_no_130.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1807/indicacao_no_131.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1811/indicacao_no_132.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1812/indicacao_no_133.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1813/indicacao_no_134.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1827/indicacao_no_135.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_no_136.2025_-_karina_-_tereza_-_cristiane_-_mirele_-_keila.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_no_137.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1832/indicacao_no_138.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1843/indicacao_no_139.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1844/indicacao_no_140.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1850/indicacao_no_141.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1851/indicacao_no_142.2025_-_claudemir_e_outros.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1852/indicacao_no_143.2025_-_mirele_-_cristiane_-_karina.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1853/indicacao_no_144.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1854/indicacao_no_145.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1855/indicacao_no_146.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1856/indicacao_no_147.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1857/indicacao_no_148.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1858/indicacao_no_149.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1859/indicacao_no_150.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_151.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_155.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_153.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1874/indicacao_no_154.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1875/indicacao_no_155.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1876/indicacao_no_156.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1877/indicacao_no_157.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1882/indicacao_no_158.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1883/indicacao_no_159.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1884/indicacao_no_160.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao_no_161.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1886/indicacao_no_162.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1887/indicacao_no_163.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1888/indicacao_no_164.2025_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1889/indicacao_no_165.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1894/indicacao_no_166.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1895/indicacao_no_167.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1896/indicacao_no_168.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1897/indicacao_no_169.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1898/indicacao_no_170.2025_-_tereza_-_keila.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1899/indicacao_no_171.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1907/indicacao_no_172.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1908/indicacao_no_173.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1909/indicacao_no_174.2025_-_mirele_e_outros.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1910/indicacao_no_175.2025_-_claudemir_-_beto_-_adriano_-_givanildo_-_joao_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1911/indicacao_no_176.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1912/indicacao_no_177.2025_-_adriano_-_claudemir_-_beto_-_givanildo_-_joao_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1915/indicacao_no_178.2025_-_adriano_e_outros.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1916/indicacao_no_179.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1917/indicacao_no_180.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1918/indicacao_no_181.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao_no_182.2025_-_tereza_-_keila.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1921/indicacao_no_183.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1922/indicacao_no_184.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1923/indicacao_no_185.2025_-_cristiane_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1924/indicacao_no_186.2025_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1927/indicacao_no_187.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1928/indicacao_no_188.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1929/indicacao_no_189.2025_-_cristiane_e_outros.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1930/indicacao_no_190.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1931/indicacao_no_191.2025_-_joao.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1941/indicacao_no_192.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1942/indicacao_no_193.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1944/indicacao_no_194.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1945/indicacao_no_195.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_no_196.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1947/indicacao_no_197.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_no_198.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1949/indicacao_no_199.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_no_201.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1952/indicacao_no_202.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1953/indicacao_no_203.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1965/indicacao_no_204.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1966/indicacao_no_205.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1967/indicacao_no_206.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1968/indicacao_no_207.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1969/indicacao_no_208.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1970/indicacao_no_209.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1971/indicacao_no_210.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1984/indicacao_no_211.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1985/indicacao_no_212.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1986/indicacao_no_213.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1987/indicacao_no_214.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1991/indicacao_no_215.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2002/indicacao_no_216.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2003/indicacao_no_217.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2004/indicacao_no_218.2025_-claudemir.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2005/indicacao_no_219.2025_-claudemir.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2006/indicacao_no_220.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2007/indicacao_no_221.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2008/indicacao_no_222.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2009/indicacao_no_223.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2017/indicacao_no_224.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2018/indicacao_no_225.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2019/indicacao_no_226.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2020/indicacao_no_227.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_no_228.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2030/indicacao_n__229.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2031/indicacao_n_230_2025_-_gilmar_-_reestruturacao_do_plano_de_carreira__magisterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2032/indicacao_n_231-2025_-_keila_marta_francisco.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2033/indicacao_n_232-2025_-_cristiane_giangarelli.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2034/indicacao_n_233-2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2035/indicacao_n_234-2025_-_claudemir_motorista.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2036/indicacao_n_235-2025_-_tereza_e_keila.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2037/indicacao_n_236-2025_-_adriano_e_joao.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2038/indicacao_n_237_-_2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2039/indicacao_n_238-2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2053/indicacao_no_239.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2054/indicacao_no_240.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2055/indicacao_no_241.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2061/indicacao_no_242.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2062/indicacao_no_243.2025_-_todos.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2063/indicacao_no_244.2025_-_cristiane_-_mirele_-_karina.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2064/indicacao_no_245.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2065/indicacao_no_246.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2066/indicacao_no_247.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2067/indicacao_no_248.2025_-_tereza_-_keila.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2068/indicacao_no_249.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2073/indicacao_no_250.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2076/indicacao_no_251.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2077/indicacao_no_252.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2078/indicacao_no_253.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2079/indicacao_no_254.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2085/indicacao_no_255.2025_-_karina_e_outros.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2086/indicacao_no_256.2025_-_claudemir_-_anulado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2087/indicacao_no_257.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2098/indicacao_no_258.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2099/indicacao_no_259.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2100/indicacao_no_260.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2101/indicacao_no_261.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2104/indicacao_no_262.2025_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2115/indicacao_no_263.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2116/indicacao_no_264.2025_-_adriano.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2117/indicacao_no_265.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2118/indicacao_no_266.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2119/indicacao_no_267.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2124/indicacao_no_268.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2125/indicacao_no_269.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2134/indicacao_no_270.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2135/indicacao_no_271.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2136/indicacao_no_272.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2166/indicacao_no_273.2025_-_claudemir_e_outros.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2174/indicacao_no_274.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2175/indicacao_no_275.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2176/indicacao_no_276.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2202/indicacao_no_277.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2203/indicacao_no_278.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2204/indicacao_no_279.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2205/indicacao_no_280.2025_-_beto.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2206/indicacao_no_281.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2216/indicacao_no_282.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2217/indicacao_no_283.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2218/indicacao_no_284.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2235/indicacao_no_285.2025_-_keila.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2236/indicacao_no_286.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2237/indicacao_no_287.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2238/indicacao_no_288.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2246/indicacao_no_289.2025_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2284/indicacao_no_290.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2285/indicacao_no_291.2025_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2286/indicacao_no_292.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2287/indicacao_no_293.2025_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2290/indicacao_no_294.2025_-_karina.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2291/indicacao_no_295.2025_-_cristiane_-_karina_mirele.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2292/indicacao_no_296.2025_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1513/parecer_01.2025_-_pl_03.2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1517/parecer_02.2025_-_pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1521/parecer_03.2025_-_pl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1523/parecer_04.2025_-_pl_04.2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1525/parecer_05.2025_-_p_res_01.2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1526/parecer_06.2025_-_pl_05.2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1556/parecer_07.2025_-_pl_09.2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1559/parecer_08.2025_-_pl_11.2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1591/parecer_09.2025_-_pelo_01.2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1592/parecer_10.2025_-_pl_06.2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1594/parecer_11.2025_-_pres_03.2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1636/parecer_12.2025_-_plc_01.2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1637/parecer_13.2025_-_pl_16.2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1638/parecer_14.2025_-_pl_07.2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1639/parecer_15.2025_-_pl_08.2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1640/parecer_16.2025_-_pl_17.2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1641/parecer_17.2025_-_pres_04.2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1669/parecer_18.2025_-_emenda_09.2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1670/parecer_19.2025_-_pl_12.2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1671/parecer_20.2025_-_pl_20.2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1672/parecer_21.2025_-_pl_14.2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1696/parecer_22.2025_-_pl_23.2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1697/parecer_23.2025_-_pl_24.2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1719/parecer_24.2025_-_emenda_11.2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1720/parecer_25.2025_-_plc_02.2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1763/parecer_26.2025_-_mensagem_13.2025_-_veto.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1764/parecer_27.2025_-_pl_19.2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1765/parecer_28.2025_-_pl_25.2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1766/parecer_29.2025_-_pl_31.2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1797/parecer_30.2025_-_pl_27.2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1798/parecer_31.2025_-_pl_35.2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1799/parecer_32.2025_-_pl_26.2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1800/parecer_33.2025_-_pl_28.2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1815/parecer_34.2025_-_plc_03.2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1816/parecer_35.2025_-_pl_33.2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1817/parecer_36.2025_-_pl_34.2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1818/parecer_37.2025_-_pl_36.2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1839/parecer_38.2025_-_pl_38.2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1840/parecer_39.2025_-_pl_39.2025.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1868/parecer_40.2025_-_pl_37.2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1869/parecer_41.2025_-_pl_38.2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1891/parecer_42.2025_-_pl_41.2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1902/parecer_43.2025_-_pl_43.2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1933/parecer_44.2025_-_pl_42.2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1939/parecer_45.2025_-_pdl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1955/parecer_46.2025_-_pl_46.2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1977/parecer_47.2025_-_pl_48.2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1958/parecer_48.2025_-_pl_49.2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1981/parecer_49.2025_-_pl_53.2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2012/parecer_50.2025_-_pl_50.2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2026/parecer_51.2025_-_pl_59.2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2058/parecer_52.2025_-_pl_56.2025.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2107/parecer_53.2025_-_pl_60.2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2108/parecer_54.2025_-_pl_64.2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2109/parecer_55.2025_-_pl_65.2025.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2111/parecer_56.2025_-_pl_63.2025.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2139/parecer_57.2025_-_plc_04.2025.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2140/parecer_58.2025_-_pl_72.2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2149/parecer_59.2025_-_pl_73.2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2150/parecer_60.2025_-_pl_67.2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2151/parecer_61.2025_-_pl_71.2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2152/parecer_62.2025_-_pl_54.2025.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2153/parecer_63.2025_-_pl_59.2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2154/parecer_64.2025_-_pl_70.2025.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2155/parecer_65.2025_-_pr_05.2025.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2207/parecer_66.2025_-_pl_74.2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2208/parecer_67.2025_-_pl_76.2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2209/parecer_68.2025_-_pl_77.2025.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2228/parecer_69.2025_-_pl_79.2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2229/parecer_70.2025_-_pdl_03.2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2248/parecer_71.2025_-_plc_05.2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2249/parecer_72.2025_-_plc_06.2025.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2250/parecer_73.2025_-_plc_07.2025.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2251/parecer_74.2025_-_plc_08.2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2252/parecer_75.2025_-_plc_09.2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2253/parecer_76.2025_-_plc_10.2025.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2254/parecer_77.2025_-_plc_11.2025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2255/parecer_78.2025_-_plc_12.2025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2256/parecer_79.2025_-_pl_80.2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1514/parecer_1.25_-_pl_3.25.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1519/parecer_2.25_-_pl_1.25.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1522/parecer_3.25_-_pl_2.25.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1524/parecer_4.25_-_pl_4.25.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1528/parecer_5.25_-_pl_5.25.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1557/parecer_6.25_-_pl_9.25.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1558/parecer_7.25_-_pl_11.25.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1632/parecer_8.25_-_pl_20.25.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1633/parecer_9.25_-_plc_01.25.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1634/parecer_10.25_-_pl_16.25.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1683/parecer_11.25_-_emenda_09.2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1684/parecer_12.25_-_pl_21.25.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1700/parecer_13.25_-_pl_23.25.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1701/parecer_14.25_-_pl_24.25.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1767/parecer_15.25_-_pl_25.25.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1773/parecer_16.25_-_pl_31.25.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1795/parecer_17.25_-_pl_35.25.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1796/parecer_18.25_-_pl_28.25.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1823/parecer_19.25_-_plc_03.25.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1824/parecer_20.25_-_pl_33.25.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1825/parecer_21.25_-_pl_36.25.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1848/parecer_22.25_-_pl_32.25.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1872/parecer_23.25_-_pl_37.25.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1892/parecer_24.25_-_pl_40.25.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1904/parecer_25.25_-_pl_43.25.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1943/parecer_26.25_-_pl_47.25.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1992/parecer_27.25_-_pl_51.25.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1993/parecer_28.25_-_pl_52.25.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2014/parecer_29.25_-_pl_50.25.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2028/parecer_30.25_-_pl_58.25.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2060/parecer_31.25_-_pl_59.25.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2074/parecer_32.25_-_pl_62.25.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2075/parecer_33.25_-_pl_68.25.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2097/parecer_34.25_-_pl_60.25.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2112/parecer_35.25_-_pl_63.25.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2144/parecer_36.25_-_plc_04.25.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2163/parecer_37.25_-_pl_54.25.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2184/parecer_38.25_-_pl_55.25.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2185/parecer_39.25_-_pl_61.25.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2186/parecer_40.25_-_pl_66.25.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2231/parecer_42.25_-_pl_79.25.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2232/parecer_42.25_-_pl_79.25.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2233/parecer_43.25_-_contas_2024.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2266/parecer_44.25_-_pl_80.25.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1518/parecer_01.2025_-_pl_01.2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1527/parecer_02.2025_-_pl_05.2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1560/parecer_03.2025_-_pl_11.2025.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1628/parecer_04.2025_-_pl_07.2025.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1629/parecer_05.2025_-_pl_08.2025.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1630/parecer_06.2025_-_pl_17.2025.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1677/parecer_07.2025_-_pl_12.2025.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1698/parecer_08.2025_-_pl_23.2025.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1699/parecer_09.2025_-_pl_24.2025.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1729/parecer_10.2025_-_plc_02.2025.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1768/parecer_11.2025_-_pl_19.2025.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1769/parecer_12.2025_-_pl_31.2025.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1793/parecer_13.2025_-_pl_26.2025.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1794/parecer_14.2025_-_pl_28.2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1819/parecer_15.2025_-_plc_03.2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1820/parecer_16.2025_-_pl_34.2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1821/parecer_17.2025_-_pl_36.2025.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1842/parecer_18.2025_-_pl_39.2025.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1893/parecer_19.2025_-_pl_041.2025.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1903/parecer_20.2025_-_pl_043.2025.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1957/parecer_21.2025_-_pl_046.2025.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1979/parecer_22.2025_-_pl_048.2025.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1959/parecer_23.2025_-_pl_049.2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1983/parecer_24.2025_-_pl_053.2025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2027/parecer_25.2025_-_pl_059.2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2059/parecer_26.2025_-_pl_056.2025.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2141/parecer_27.2025_-_plc_04.2025.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2142/parecer_28.2025_-_pl_72.2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2159/parecer_29.2025_-_pl_73.2025.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2160/parecer_30.2025_-_pl_67.2025.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2161/parecer_31.2025_-_pl_54.2025.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2162/parecer_32.2025_-_pl_70.2025.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2210/parecer_33.2025_-_pl_74..2025.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2211/parecer_34.2025_-_pl_76..2025.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2212/parecer_35.2025_-_pl_77..2025.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2240/parecer_36.2025_-_pl_79..2025.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2257/parecer_37.2025_-_plc_05.2025.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2258/parecer_38.2025_-_plc_06.2025.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2259/parecer_39.2025_-_plc_07.2025.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2260/parecer_40.2025_-_plc_08.2025.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2261/parecer_41.2025_-_plc_09.2025.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2262/parecer_42.2025_-_plc_10.2025.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2263/parecer_43.2025_-_plc_11.2025.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2264/parecer_44.2025_-_plc_12.2025.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2265/parecer_45.2025_-_pl_80.2025.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1593/parecer_1.2025_-_pl_06.2025.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1631/parecer_2.2025_-_pl_16.2025.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1673/parecer_3.2025_-_pl_12.2025.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1674/parecer_4.2025_-_pl_13.2025.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1675/parecer_5.2025_-_emenda_09.2025.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1718/parecer_6.2025_-_pl_14.2025.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1770/parecer_7.2025_-_pl_25.2025.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1801/parecer_8.2025_-_pl_27.2025.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1802/parecer_9.2025_-_pl_26.2025.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1822/parecer_10.2025_-_pl_33.2025.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1847/parecer_11.2025_-_pl_32.2025.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1849/parecer_12.2025_-_pl_39.2025.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1870/parecer_13.2025_-_pl_37.2025.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1871/parecer_14.2025_-_pl_38.2025.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1938/parecer_15.2025_-_pl_42.2025.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1940/parecer_16.2025_-_pdl_02.2025.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1956/parecer_17.2025_-_pl_46.2025.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1978/parecer_18.2025_-_pl_48.2025.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1982/parecer_19.2025_-_pl_53.2025.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2013/parecer_20.2025_-_pl_50.2025.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2105/parecer_21.2025_-_pl_64.2025.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2106/parecer_22.2025_-_pl_65.2025.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2156/parecer_23.2025_-_pl_73.2025.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2157/parecer_24.2025_-_pl_71.2025.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2158/parecer_25.2025_-_pl_70.2025.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2213/parecer_26.2025_-_pl_74.2025.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2214/parecer_27.2025_-_pl_77.2025.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2230/parecer_28.2025_-_pdl_03.2025.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1627/parecer_01.2025_-_plc_01.2025.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1730/parecer_02.2025_-_plc_02.2025.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1826/parecer_03.2025_-_plc_03.2025.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2016/parecer_04.2025_-_pl_57.2025.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2145/parecer_05.2025_-_plc_04.2025.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2267/parecer_06.2025_-_plc_05.2025.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2268/parecer_07.2025_-_plc_06.2025.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2269/parecer_08.2025_-_plc_07.2025.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2270/parecer_09.2025_-_plc_08.2025.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2271/parecer_11.2025_-_plc_10.2025.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2272/parecer_11.2025_-_plc_10.2025.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2273/parecer_12.2025_-_plc_11.2025.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2274/parecer_13.2025_-_plc_12.2025.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1621/parecer_no_01.2025_-_crmxkarina.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1846/parecer_no_02.2025_-_mirelexgivanildo.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1539/mensagem_01.2025.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1540/mensagem_02.2025.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1541/mensagem_03.2025.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1542/mensagem_04.2025.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1545/mensagem_05.2025.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1580/mensagem_06.2025.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1600/mensagem_07.2025.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1615/mensagem_08.2025.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1656/mensagem_09.2025.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1679/mensagem_10.2025.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1680/mensagem_11.2025.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1688/mensagem_12.2025.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1732/mensagem_13.2025.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1737/mensagem_14.2025.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1752/mensagem_15.2025.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1759/mensagem_16.2025.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1771/mensagem_17.2025.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1781/mensagem_18.2025.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1785/mensagem_19.2025.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1833/projeto_de_lei_37.2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1834/mensagem_21.2025.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1837/mensagem_22.2025.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1860/mensagem_23.2025.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1861/mensagem_24.2025.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1880/mensagem_25.2025.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1913/mensagem_26.2025.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1925/mensagem_27.2025.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1934/mensagem_28.2025.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1935/mensagem_29.2025.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1960/mensagem_30.2025.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1962/mensagem_31.2025.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1973/mensagem_32.2025.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1975/mensagem_33.2025.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1994/mensagem_34.2025.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1995/mensagem_35.2025.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/1996/mensagem_36.2025.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2010/mensagem_37.2025.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2041/mensagem_38.2025.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2048/mensagem_39.2025.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2023/mensagem_40.2025.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2043/mensagem_41.2025.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2047/mensagem_n_042-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2069/mensagem_43.2025.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2070/mensagem_44.2025.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2088/mensagem_45.2025.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2089/mensagem_46.2025.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2090/mensagem_47.2025.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2110/mensagem_48.2025.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2113/mensagem_49.2025.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2170/mensagem_50.2025.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2182/mensagem_51.2025.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2187/mensagem_52.2025.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2221/mensagem_53.2025.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2188/mensagem_54.2025.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2283/mensagem_55.2025.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2120/of.gb.nr.460.25.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2121/of.gb.nr.461.25.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2122/of.gb.nr.462.25.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2123/emenda_parlamentar_202544870003.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2126/of._515.2025.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2127/of._465.2025.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2128/of._467.2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2129/of._469.2025.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2130/of._470.2025.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2131/of._513.2025.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2132/of514.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2133/of._872-2025_-_camara_dos_deputados.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2147/of_gp_nr_528_2025_-_executivo_-_resposta_ao_requerimento_n_029-2025_karina.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2148/of_gp_nr_529_2025_-_executivo_-_resposta_requerimento_026_2025_gilmar.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2165/oficio_n_93725_-_deputado_hussein_bakri_-_convite.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2172/oficio_n_1819_2025_-_deputado_gugu_bueno_-encaminha_copia_requerimento_delegado_tito_barichello.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2173/oficiosemtecdir.turismo_052_2025_convite_para_o_74o_aniversario_de_guaira.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2177/of_gp_nr_533_2025_-_executivo_-_encaminha_leis_2.435_2.436_2.437_e_2.438.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2178/of_gp_nr_532_2025_-_resposta_a_indicacao_n_1862025_-_oficio_n_062-2025_-_givanildo_e_adriano.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2179/noticia_de_fato_n_0057.25.000328-2_-_promocao_de_arquivamento.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2180/oficio_n_951_2025_-_deputado_dilceu_sperafico_-_informa_pagamento_de_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2198/oficio_738.2025_tce-pr.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2199/oficio_538.2025.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2200/oficio_seplan_196.2025.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2201/oficio_1023.2025_-_caixa.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2223/of._536.2025.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2224/of._548.2025.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2225/of.122.2025.smed.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2226/of.133.2025.smed.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2227/of._19751.2025.crbm.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2241/of._556.2025.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2242/of._562.2025.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2243/of._565.2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2244/of._1005.2025_oab.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2245/of._12.2025_agape.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2289/of_gp_nr_570_2025_-_executivo_-_encaminha_as_leis_2.444_2.445_e_2.446-2025.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2025/2293/05122025_ms..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H739"/>
+  <dimension ref="A1:H786"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="196.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="167.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -11690,15804 +12143,17023 @@
       </c>
       <c r="D132" t="s">
         <v>434</v>
       </c>
       <c r="E132" t="s">
         <v>435</v>
       </c>
       <c r="F132" t="s">
         <v>403</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>521</v>
       </c>
       <c r="H132" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>523</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="D133" t="s">
+        <v>434</v>
+      </c>
+      <c r="E133" t="s">
+        <v>435</v>
+      </c>
+      <c r="F133" t="s">
         <v>524</v>
       </c>
-      <c r="E133" t="s">
+      <c r="G133" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="F133" t="s">
-[...2 lines deleted...]
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>527</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>149</v>
+      </c>
+      <c r="D134" t="s">
+        <v>434</v>
+      </c>
+      <c r="E134" t="s">
+        <v>435</v>
+      </c>
+      <c r="F134" t="s">
+        <v>524</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="B134" t="s">
-[...14 lines deleted...]
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>530</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>154</v>
+      </c>
+      <c r="D135" t="s">
+        <v>434</v>
+      </c>
+      <c r="E135" t="s">
+        <v>435</v>
+      </c>
+      <c r="F135" t="s">
+        <v>524</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="B135" t="s">
-[...14 lines deleted...]
-      <c r="G135" s="1" t="s">
+      <c r="H135" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>533</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>158</v>
+      </c>
+      <c r="D136" t="s">
+        <v>434</v>
+      </c>
+      <c r="E136" t="s">
+        <v>435</v>
+      </c>
+      <c r="F136" t="s">
+        <v>524</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="B136" t="s">
-[...14 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>536</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>162</v>
+      </c>
+      <c r="D137" t="s">
+        <v>434</v>
+      </c>
+      <c r="E137" t="s">
+        <v>435</v>
+      </c>
+      <c r="F137" t="s">
+        <v>524</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="B137" t="s">
-[...14 lines deleted...]
-      <c r="G137" s="1" t="s">
+      <c r="H137" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>539</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>166</v>
+      </c>
+      <c r="D138" t="s">
+        <v>434</v>
+      </c>
+      <c r="E138" t="s">
+        <v>435</v>
+      </c>
+      <c r="F138" t="s">
+        <v>524</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="B138" t="s">
-[...14 lines deleted...]
-      <c r="G138" s="1" t="s">
+      <c r="H138" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>542</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>170</v>
+      </c>
+      <c r="D139" t="s">
+        <v>434</v>
+      </c>
+      <c r="E139" t="s">
+        <v>435</v>
+      </c>
+      <c r="F139" t="s">
+        <v>524</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="B139" t="s">
-[...14 lines deleted...]
-      <c r="G139" s="1" t="s">
+      <c r="H139" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>545</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>174</v>
+      </c>
+      <c r="D140" t="s">
+        <v>434</v>
+      </c>
+      <c r="E140" t="s">
+        <v>435</v>
+      </c>
+      <c r="F140" t="s">
+        <v>524</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="B140" t="s">
-[...14 lines deleted...]
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>548</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>10</v>
+      </c>
+      <c r="D141" t="s">
         <v>549</v>
       </c>
-      <c r="B141" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E141" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F141" t="s">
         <v>72</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="H141" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="D142" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E142" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F142" t="s">
         <v>72</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H142" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="D143" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E143" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F143" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H143" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="D144" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E144" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F144" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H144" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>76</v>
+        <v>40</v>
       </c>
       <c r="D145" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E145" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F145" t="s">
-        <v>274</v>
+        <v>77</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="H145" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="D146" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E146" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F146" t="s">
-        <v>274</v>
+        <v>77</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H146" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="D147" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E147" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F147" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H147" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>91</v>
+        <v>54</v>
       </c>
       <c r="D148" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E148" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F148" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H148" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>95</v>
+        <v>59</v>
       </c>
       <c r="D149" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E149" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F149" t="s">
         <v>72</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="H149" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="D150" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E150" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F150" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H150" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="D151" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E151" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F151" t="s">
         <v>72</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H151" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="D152" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E152" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F152" t="s">
-        <v>274</v>
+        <v>72</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H152" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>112</v>
+        <v>76</v>
       </c>
       <c r="D153" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E153" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F153" t="s">
         <v>274</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="H153" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>117</v>
+        <v>81</v>
       </c>
       <c r="D154" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E154" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F154" t="s">
-        <v>82</v>
+        <v>274</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="H154" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="D155" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E155" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F155" t="s">
-        <v>296</v>
+        <v>55</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H155" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>125</v>
+        <v>91</v>
       </c>
       <c r="D156" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E156" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F156" t="s">
         <v>72</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H156" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>129</v>
+        <v>95</v>
       </c>
       <c r="D157" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E157" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F157" t="s">
         <v>72</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H157" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="D158" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E158" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F158" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H158" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>137</v>
+        <v>104</v>
       </c>
       <c r="D159" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E159" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F159" t="s">
         <v>72</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H159" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>141</v>
+        <v>108</v>
       </c>
       <c r="D160" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E160" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F160" t="s">
-        <v>607</v>
+        <v>274</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>608</v>
       </c>
       <c r="H160" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>610</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>145</v>
+        <v>112</v>
       </c>
       <c r="D161" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E161" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F161" t="s">
-        <v>45</v>
+        <v>274</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>611</v>
       </c>
       <c r="H161" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>613</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="D162" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E162" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F162" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>614</v>
       </c>
       <c r="H162" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>616</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="D163" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E163" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F163" t="s">
-        <v>72</v>
+        <v>296</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>617</v>
       </c>
       <c r="H163" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>619</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>158</v>
+        <v>125</v>
       </c>
       <c r="D164" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E164" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F164" t="s">
         <v>72</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>620</v>
       </c>
       <c r="H164" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>622</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>162</v>
+        <v>129</v>
       </c>
       <c r="D165" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E165" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F165" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>623</v>
       </c>
       <c r="H165" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>625</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="D166" t="s">
-        <v>524</v>
+        <v>549</v>
       </c>
       <c r="E166" t="s">
-        <v>525</v>
+        <v>550</v>
       </c>
       <c r="F166" t="s">
+        <v>82</v>
+      </c>
+      <c r="G166" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="G166" s="1" t="s">
+      <c r="H166" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>628</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>137</v>
+      </c>
+      <c r="D167" t="s">
+        <v>549</v>
+      </c>
+      <c r="E167" t="s">
+        <v>550</v>
+      </c>
+      <c r="F167" t="s">
+        <v>72</v>
+      </c>
+      <c r="G167" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="B167" t="s">
-[...14 lines deleted...]
-      <c r="G167" s="1" t="s">
+      <c r="H167" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>631</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>141</v>
+      </c>
+      <c r="D168" t="s">
+        <v>549</v>
+      </c>
+      <c r="E168" t="s">
+        <v>550</v>
+      </c>
+      <c r="F168" t="s">
         <v>632</v>
       </c>
-      <c r="B168" t="s">
-[...5 lines deleted...]
-      <c r="D168" t="s">
+      <c r="G168" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="E168" t="s">
+      <c r="H168" t="s">
         <v>634</v>
-      </c>
-[...7 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>17</v>
+        <v>145</v>
       </c>
       <c r="D169" t="s">
-        <v>633</v>
+        <v>549</v>
       </c>
       <c r="E169" t="s">
-        <v>634</v>
+        <v>550</v>
       </c>
       <c r="F169" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="H169" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>31</v>
+        <v>149</v>
       </c>
       <c r="D170" t="s">
-        <v>633</v>
+        <v>549</v>
       </c>
       <c r="E170" t="s">
-        <v>634</v>
+        <v>550</v>
       </c>
       <c r="F170" t="s">
-        <v>642</v>
+        <v>72</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="H170" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>10</v>
+        <v>154</v>
       </c>
       <c r="D171" t="s">
-        <v>646</v>
+        <v>549</v>
       </c>
       <c r="E171" t="s">
-        <v>647</v>
+        <v>550</v>
       </c>
       <c r="F171" t="s">
-        <v>648</v>
+        <v>72</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>649</v>
+        <v>642</v>
       </c>
       <c r="H171" t="s">
-        <v>650</v>
+        <v>643</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="D172" t="s">
+        <v>549</v>
+      </c>
+      <c r="E172" t="s">
+        <v>550</v>
+      </c>
+      <c r="F172" t="s">
+        <v>72</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H172" t="s">
         <v>646</v>
-      </c>
-[...10 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>31</v>
+        <v>162</v>
       </c>
       <c r="D173" t="s">
-        <v>646</v>
+        <v>549</v>
       </c>
       <c r="E173" t="s">
-        <v>647</v>
+        <v>550</v>
       </c>
       <c r="F173" t="s">
-        <v>656</v>
+        <v>45</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>657</v>
+        <v>648</v>
       </c>
       <c r="H173" t="s">
-        <v>658</v>
+        <v>649</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>659</v>
+        <v>650</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>36</v>
+        <v>166</v>
       </c>
       <c r="D174" t="s">
-        <v>646</v>
+        <v>549</v>
       </c>
       <c r="E174" t="s">
-        <v>647</v>
+        <v>550</v>
       </c>
       <c r="F174" t="s">
-        <v>660</v>
+        <v>651</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>661</v>
+        <v>652</v>
       </c>
       <c r="H174" t="s">
-        <v>662</v>
+        <v>653</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>663</v>
+        <v>654</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>40</v>
+        <v>170</v>
       </c>
       <c r="D175" t="s">
-        <v>646</v>
+        <v>549</v>
       </c>
       <c r="E175" t="s">
-        <v>647</v>
+        <v>550</v>
       </c>
       <c r="F175" t="s">
-        <v>664</v>
+        <v>45</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>665</v>
+        <v>655</v>
       </c>
       <c r="H175" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>667</v>
+        <v>657</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>44</v>
+        <v>174</v>
       </c>
       <c r="D176" t="s">
-        <v>646</v>
+        <v>549</v>
       </c>
       <c r="E176" t="s">
-        <v>647</v>
+        <v>550</v>
       </c>
       <c r="F176" t="s">
-        <v>664</v>
+        <v>414</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>668</v>
+        <v>658</v>
       </c>
       <c r="H176" t="s">
-        <v>669</v>
+        <v>659</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>670</v>
+        <v>660</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="D177" t="s">
-        <v>646</v>
+        <v>661</v>
       </c>
       <c r="E177" t="s">
-        <v>647</v>
+        <v>662</v>
       </c>
       <c r="F177" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="H177" t="s">
-        <v>673</v>
+        <v>665</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>674</v>
+        <v>666</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D178" t="s">
-        <v>675</v>
+        <v>661</v>
       </c>
       <c r="E178" t="s">
-        <v>676</v>
+        <v>662</v>
       </c>
       <c r="F178" t="s">
-        <v>677</v>
+        <v>72</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="H178" t="s">
-        <v>679</v>
+        <v>668</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="D179" t="s">
-        <v>675</v>
+        <v>661</v>
       </c>
       <c r="E179" t="s">
-        <v>676</v>
+        <v>662</v>
       </c>
       <c r="F179" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
       <c r="H179" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>683</v>
+        <v>673</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D180" t="s">
+        <v>674</v>
+      </c>
+      <c r="E180" t="s">
         <v>675</v>
       </c>
-      <c r="E180" t="s">
+      <c r="F180" t="s">
         <v>676</v>
       </c>
-      <c r="F180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G180" s="1" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="H180" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="D181" t="s">
+        <v>674</v>
+      </c>
+      <c r="E181" t="s">
         <v>675</v>
       </c>
-      <c r="E181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F181" t="s">
-        <v>82</v>
+        <v>680</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>687</v>
+        <v>681</v>
       </c>
       <c r="H181" t="s">
-        <v>688</v>
+        <v>682</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>689</v>
+        <v>683</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D182" t="s">
+        <v>674</v>
+      </c>
+      <c r="E182" t="s">
         <v>675</v>
       </c>
-      <c r="E182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F182" t="s">
-        <v>45</v>
+        <v>684</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="H182" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D183" t="s">
+        <v>674</v>
+      </c>
+      <c r="E183" t="s">
         <v>675</v>
       </c>
-      <c r="E183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F183" t="s">
-        <v>45</v>
+        <v>688</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="H183" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="D184" t="s">
+        <v>674</v>
+      </c>
+      <c r="E184" t="s">
         <v>675</v>
       </c>
-      <c r="E184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F184" t="s">
-        <v>55</v>
+        <v>692</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="H184" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D185" t="s">
+        <v>674</v>
+      </c>
+      <c r="E185" t="s">
         <v>675</v>
       </c>
-      <c r="E185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F185" t="s">
-        <v>77</v>
+        <v>692</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="H185" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>698</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>54</v>
+      </c>
+      <c r="D186" t="s">
+        <v>674</v>
+      </c>
+      <c r="E186" t="s">
+        <v>675</v>
+      </c>
+      <c r="F186" t="s">
+        <v>699</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H186" t="s">
         <v>701</v>
-      </c>
-[...19 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>702</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>59</v>
+      </c>
+      <c r="D187" t="s">
+        <v>674</v>
+      </c>
+      <c r="E187" t="s">
+        <v>675</v>
+      </c>
+      <c r="F187" t="s">
+        <v>703</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="B187" t="s">
-[...14 lines deleted...]
-      <c r="G187" s="1" t="s">
+      <c r="H187" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>706</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>10</v>
+      </c>
+      <c r="D188" t="s">
         <v>707</v>
       </c>
-      <c r="B188" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E188" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F188" t="s">
-        <v>503</v>
+        <v>709</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="H188" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>71</v>
+        <v>17</v>
       </c>
       <c r="D189" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E189" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F189" t="s">
-        <v>72</v>
+        <v>709</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H189" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>76</v>
+        <v>31</v>
       </c>
       <c r="D190" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E190" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F190" t="s">
-        <v>503</v>
+        <v>82</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="H190" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="D191" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E191" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F191" t="s">
-        <v>503</v>
+        <v>82</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="H191" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>86</v>
+        <v>40</v>
       </c>
       <c r="D192" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E192" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F192" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="H192" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="D193" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E193" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F193" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="H193" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="D194" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E194" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F194" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="H194" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>100</v>
+        <v>54</v>
       </c>
       <c r="D195" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E195" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F195" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="H195" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>104</v>
+        <v>59</v>
       </c>
       <c r="D196" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E196" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F196" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="H196" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>108</v>
+        <v>63</v>
       </c>
       <c r="D197" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E197" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F197" t="s">
-        <v>72</v>
+        <v>503</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="H197" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="D198" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E198" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F198" t="s">
-        <v>45</v>
+        <v>503</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="H198" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>117</v>
+        <v>71</v>
       </c>
       <c r="D199" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E199" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F199" t="s">
-        <v>741</v>
+        <v>72</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="H199" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>121</v>
+        <v>76</v>
       </c>
       <c r="D200" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E200" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F200" t="s">
-        <v>741</v>
+        <v>503</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="H200" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>125</v>
+        <v>81</v>
       </c>
       <c r="D201" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E201" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F201" t="s">
-        <v>77</v>
+        <v>503</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="H201" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>129</v>
+        <v>86</v>
       </c>
       <c r="D202" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E202" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F202" t="s">
-        <v>751</v>
+        <v>77</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>752</v>
       </c>
       <c r="H202" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>754</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>133</v>
+        <v>91</v>
       </c>
       <c r="D203" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E203" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F203" t="s">
-        <v>741</v>
+        <v>77</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>755</v>
       </c>
       <c r="H203" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>757</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>137</v>
+        <v>95</v>
       </c>
       <c r="D204" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E204" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F204" t="s">
         <v>82</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>758</v>
       </c>
       <c r="H204" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>760</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>141</v>
+        <v>100</v>
       </c>
       <c r="D205" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E205" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F205" t="s">
         <v>82</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>761</v>
       </c>
       <c r="H205" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>763</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
       <c r="D206" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E206" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F206" t="s">
-        <v>677</v>
+        <v>72</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>764</v>
       </c>
       <c r="H206" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>766</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>149</v>
+        <v>108</v>
       </c>
       <c r="D207" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E207" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F207" t="s">
-        <v>677</v>
+        <v>72</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>767</v>
       </c>
       <c r="H207" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>769</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>154</v>
+        <v>112</v>
       </c>
       <c r="D208" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E208" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F208" t="s">
+        <v>45</v>
+      </c>
+      <c r="G208" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="G208" s="1" t="s">
+      <c r="H208" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
+        <v>772</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>117</v>
+      </c>
+      <c r="D209" t="s">
+        <v>707</v>
+      </c>
+      <c r="E209" t="s">
+        <v>708</v>
+      </c>
+      <c r="F209" t="s">
         <v>773</v>
-      </c>
-[...13 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>774</v>
       </c>
       <c r="H209" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>776</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
       <c r="D210" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E210" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F210" t="s">
-        <v>741</v>
+        <v>773</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>777</v>
       </c>
       <c r="H210" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>779</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>166</v>
+        <v>125</v>
       </c>
       <c r="D211" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E211" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F211" t="s">
-        <v>503</v>
+        <v>77</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H211" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>782</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>170</v>
+        <v>129</v>
       </c>
       <c r="D212" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E212" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F212" t="s">
-        <v>45</v>
+        <v>783</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="H212" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>174</v>
+        <v>133</v>
       </c>
       <c r="D213" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E213" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F213" t="s">
-        <v>503</v>
+        <v>773</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="H213" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>178</v>
+        <v>137</v>
       </c>
       <c r="D214" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E214" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F214" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="H214" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>182</v>
+        <v>141</v>
       </c>
       <c r="D215" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E215" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F215" t="s">
-        <v>677</v>
+        <v>82</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="H215" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>186</v>
+        <v>145</v>
       </c>
       <c r="D216" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E216" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F216" t="s">
-        <v>82</v>
+        <v>709</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="H216" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>190</v>
+        <v>149</v>
       </c>
       <c r="D217" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E217" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F217" t="s">
-        <v>82</v>
+        <v>709</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="H217" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>194</v>
+        <v>154</v>
       </c>
       <c r="D218" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E218" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F218" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="H218" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>198</v>
+        <v>158</v>
       </c>
       <c r="D219" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E219" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F219" t="s">
         <v>72</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="H219" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>203</v>
+        <v>162</v>
       </c>
       <c r="D220" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E220" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F220" t="s">
-        <v>72</v>
+        <v>773</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="H220" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>207</v>
+        <v>166</v>
       </c>
       <c r="D221" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E221" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F221" t="s">
-        <v>55</v>
+        <v>503</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H221" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>212</v>
+        <v>170</v>
       </c>
       <c r="D222" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E222" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F222" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="H222" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>217</v>
+        <v>174</v>
       </c>
       <c r="D223" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E223" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F223" t="s">
-        <v>77</v>
+        <v>503</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="H223" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>221</v>
+        <v>178</v>
       </c>
       <c r="D224" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E224" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F224" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H224" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>225</v>
+        <v>182</v>
       </c>
       <c r="D225" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E225" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F225" t="s">
-        <v>741</v>
+        <v>709</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H225" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>229</v>
+        <v>186</v>
       </c>
       <c r="D226" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E226" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F226" t="s">
-        <v>741</v>
+        <v>82</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="H226" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>233</v>
+        <v>190</v>
       </c>
       <c r="D227" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E227" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F227" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H227" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>237</v>
+        <v>194</v>
       </c>
       <c r="D228" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E228" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F228" t="s">
-        <v>45</v>
+        <v>833</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="H228" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>241</v>
+        <v>198</v>
       </c>
       <c r="D229" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E229" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F229" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="H229" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>245</v>
+        <v>203</v>
       </c>
       <c r="D230" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E230" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F230" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="H230" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>249</v>
+        <v>207</v>
       </c>
       <c r="D231" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E231" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F231" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="H231" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>253</v>
+        <v>212</v>
       </c>
       <c r="D232" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E232" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F232" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="H232" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>257</v>
+        <v>217</v>
       </c>
       <c r="D233" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E233" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F233" t="s">
-        <v>677</v>
+        <v>77</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="H233" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>261</v>
+        <v>221</v>
       </c>
       <c r="D234" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E234" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F234" t="s">
-        <v>72</v>
+        <v>503</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="H234" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>265</v>
+        <v>225</v>
       </c>
       <c r="D235" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E235" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F235" t="s">
-        <v>503</v>
+        <v>773</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="H235" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>269</v>
+        <v>229</v>
       </c>
       <c r="D236" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E236" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F236" t="s">
-        <v>856</v>
+        <v>773</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="H236" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>273</v>
+        <v>233</v>
       </c>
       <c r="D237" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E237" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F237" t="s">
-        <v>741</v>
+        <v>45</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="H237" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>278</v>
+        <v>237</v>
       </c>
       <c r="D238" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E238" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F238" t="s">
-        <v>863</v>
+        <v>45</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>864</v>
       </c>
       <c r="H238" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>866</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>282</v>
+        <v>241</v>
       </c>
       <c r="D239" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E239" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F239" t="s">
-        <v>503</v>
+        <v>82</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>867</v>
       </c>
       <c r="H239" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>869</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>286</v>
+        <v>245</v>
       </c>
       <c r="D240" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E240" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F240" t="s">
         <v>82</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>870</v>
       </c>
       <c r="H240" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>872</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>290</v>
+        <v>249</v>
       </c>
       <c r="D241" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E241" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F241" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>873</v>
       </c>
       <c r="H241" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>875</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>295</v>
+        <v>253</v>
       </c>
       <c r="D242" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E242" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F242" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>876</v>
       </c>
       <c r="H242" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>878</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>300</v>
+        <v>257</v>
       </c>
       <c r="D243" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E243" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F243" t="s">
-        <v>677</v>
+        <v>709</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>879</v>
       </c>
       <c r="H243" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>881</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>304</v>
+        <v>261</v>
       </c>
       <c r="D244" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E244" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F244" t="s">
-        <v>503</v>
+        <v>72</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>882</v>
       </c>
       <c r="H244" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>884</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>308</v>
+        <v>265</v>
       </c>
       <c r="D245" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E245" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F245" t="s">
         <v>503</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>885</v>
       </c>
       <c r="H245" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>887</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>312</v>
+        <v>269</v>
       </c>
       <c r="D246" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E246" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F246" t="s">
-        <v>55</v>
+        <v>888</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="H246" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>317</v>
+        <v>273</v>
       </c>
       <c r="D247" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E247" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F247" t="s">
-        <v>72</v>
+        <v>773</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="H247" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>322</v>
+        <v>278</v>
       </c>
       <c r="D248" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E248" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F248" t="s">
-        <v>741</v>
+        <v>895</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="H248" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>326</v>
+        <v>282</v>
       </c>
       <c r="D249" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E249" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F249" t="s">
-        <v>741</v>
+        <v>503</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="H249" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>330</v>
+        <v>286</v>
       </c>
       <c r="D250" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E250" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F250" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="H250" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>334</v>
+        <v>290</v>
       </c>
       <c r="D251" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E251" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F251" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="H251" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>338</v>
+        <v>295</v>
       </c>
       <c r="D252" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E252" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F252" t="s">
-        <v>863</v>
+        <v>82</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="H252" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>343</v>
+        <v>300</v>
       </c>
       <c r="D253" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E253" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F253" t="s">
-        <v>82</v>
+        <v>709</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="H253" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>347</v>
+        <v>304</v>
       </c>
       <c r="D254" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E254" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F254" t="s">
-        <v>863</v>
+        <v>503</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="H254" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>351</v>
+        <v>308</v>
       </c>
       <c r="D255" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E255" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F255" t="s">
-        <v>55</v>
+        <v>503</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="H255" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>355</v>
+        <v>312</v>
       </c>
       <c r="D256" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E256" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F256" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="H256" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>359</v>
+        <v>317</v>
       </c>
       <c r="D257" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E257" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F257" t="s">
-        <v>503</v>
+        <v>72</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="H257" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>924</v>
+        <v>322</v>
       </c>
       <c r="D258" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E258" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F258" t="s">
-        <v>741</v>
+        <v>773</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="H258" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>928</v>
+        <v>326</v>
       </c>
       <c r="D259" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E259" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F259" t="s">
-        <v>72</v>
+        <v>773</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>929</v>
       </c>
       <c r="H259" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>931</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
+        <v>330</v>
+      </c>
+      <c r="D260" t="s">
+        <v>707</v>
+      </c>
+      <c r="E260" t="s">
+        <v>708</v>
+      </c>
+      <c r="F260" t="s">
+        <v>45</v>
+      </c>
+      <c r="G260" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="D260" t="s">
-[...8 lines deleted...]
-      <c r="G260" s="1" t="s">
+      <c r="H260" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>936</v>
+        <v>334</v>
       </c>
       <c r="D261" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E261" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F261" t="s">
         <v>45</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="H261" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
+        <v>937</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>338</v>
+      </c>
+      <c r="D262" t="s">
+        <v>707</v>
+      </c>
+      <c r="E262" t="s">
+        <v>708</v>
+      </c>
+      <c r="F262" t="s">
+        <v>895</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="H262" t="s">
         <v>939</v>
-      </c>
-[...19 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>944</v>
+        <v>343</v>
       </c>
       <c r="D263" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E263" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F263" t="s">
         <v>82</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c r="H263" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>947</v>
+        <v>943</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>948</v>
+        <v>347</v>
       </c>
       <c r="D264" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E264" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F264" t="s">
-        <v>82</v>
+        <v>895</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="H264" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>952</v>
+        <v>351</v>
       </c>
       <c r="D265" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E265" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F265" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>953</v>
+        <v>947</v>
       </c>
       <c r="H265" t="s">
-        <v>954</v>
+        <v>948</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>955</v>
+        <v>949</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>956</v>
+        <v>355</v>
       </c>
       <c r="D266" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E266" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F266" t="s">
-        <v>957</v>
+        <v>503</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>958</v>
+        <v>950</v>
       </c>
       <c r="H266" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>961</v>
+        <v>359</v>
       </c>
       <c r="D267" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E267" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F267" t="s">
-        <v>741</v>
+        <v>503</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>962</v>
+        <v>953</v>
       </c>
       <c r="H267" t="s">
-        <v>963</v>
+        <v>954</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>964</v>
+        <v>955</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>965</v>
+        <v>956</v>
       </c>
       <c r="D268" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E268" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F268" t="s">
-        <v>741</v>
+        <v>773</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>966</v>
+        <v>957</v>
       </c>
       <c r="H268" t="s">
-        <v>967</v>
+        <v>958</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>968</v>
+        <v>959</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>969</v>
+        <v>960</v>
       </c>
       <c r="D269" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E269" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F269" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>970</v>
+        <v>961</v>
       </c>
       <c r="H269" t="s">
-        <v>971</v>
+        <v>962</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>972</v>
+        <v>963</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
       <c r="D270" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E270" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F270" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>974</v>
+        <v>965</v>
       </c>
       <c r="H270" t="s">
-        <v>975</v>
+        <v>966</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>976</v>
+        <v>967</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>977</v>
+        <v>968</v>
       </c>
       <c r="D271" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E271" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F271" t="s">
-        <v>503</v>
+        <v>45</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>978</v>
+        <v>969</v>
       </c>
       <c r="H271" t="s">
-        <v>979</v>
+        <v>970</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>980</v>
+        <v>971</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>981</v>
+        <v>972</v>
       </c>
       <c r="D272" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E272" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F272" t="s">
-        <v>503</v>
+        <v>45</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>982</v>
+        <v>973</v>
       </c>
       <c r="H272" t="s">
-        <v>983</v>
+        <v>974</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>984</v>
+        <v>975</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>985</v>
+        <v>976</v>
       </c>
       <c r="D273" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E273" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F273" t="s">
-        <v>741</v>
+        <v>82</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>986</v>
+        <v>977</v>
       </c>
       <c r="H273" t="s">
-        <v>987</v>
+        <v>978</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>988</v>
+        <v>979</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="D274" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E274" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F274" t="s">
-        <v>741</v>
+        <v>82</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="H274" t="s">
-        <v>991</v>
+        <v>982</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="D275" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E275" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F275" t="s">
-        <v>199</v>
+        <v>503</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="H275" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>996</v>
+        <v>987</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="D276" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E276" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F276" t="s">
-        <v>677</v>
+        <v>524</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>998</v>
+        <v>989</v>
       </c>
       <c r="H276" t="s">
-        <v>999</v>
+        <v>990</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1000</v>
+        <v>991</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1001</v>
+        <v>992</v>
       </c>
       <c r="D277" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E277" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F277" t="s">
-        <v>82</v>
+        <v>773</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1002</v>
+        <v>993</v>
       </c>
       <c r="H277" t="s">
-        <v>1003</v>
+        <v>994</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1004</v>
+        <v>995</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1005</v>
+        <v>996</v>
       </c>
       <c r="D278" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E278" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F278" t="s">
-        <v>82</v>
+        <v>773</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1006</v>
+        <v>997</v>
       </c>
       <c r="H278" t="s">
-        <v>1007</v>
+        <v>998</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1009</v>
+        <v>1000</v>
       </c>
       <c r="D279" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E279" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F279" t="s">
-        <v>503</v>
+        <v>82</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1010</v>
+        <v>1001</v>
       </c>
       <c r="H279" t="s">
-        <v>1011</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1012</v>
+        <v>1003</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1013</v>
+        <v>1004</v>
       </c>
       <c r="D280" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E280" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F280" t="s">
-        <v>741</v>
+        <v>82</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1014</v>
+        <v>1005</v>
       </c>
       <c r="H280" t="s">
-        <v>1015</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1016</v>
+        <v>1007</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1017</v>
+        <v>1008</v>
       </c>
       <c r="D281" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E281" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F281" t="s">
-        <v>45</v>
+        <v>503</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1018</v>
+        <v>1009</v>
       </c>
       <c r="H281" t="s">
-        <v>1019</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1020</v>
+        <v>1011</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1021</v>
+        <v>1012</v>
       </c>
       <c r="D282" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E282" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F282" t="s">
-        <v>45</v>
+        <v>503</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1022</v>
+        <v>1013</v>
       </c>
       <c r="H282" t="s">
-        <v>1023</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1024</v>
+        <v>1015</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1025</v>
+        <v>1016</v>
       </c>
       <c r="D283" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E283" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F283" t="s">
-        <v>82</v>
+        <v>773</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1026</v>
+        <v>1017</v>
       </c>
       <c r="H283" t="s">
-        <v>1027</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1028</v>
+        <v>1019</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1029</v>
+        <v>1020</v>
       </c>
       <c r="D284" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E284" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F284" t="s">
-        <v>82</v>
+        <v>773</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1030</v>
+        <v>1021</v>
       </c>
       <c r="H284" t="s">
-        <v>1031</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1032</v>
+        <v>1023</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1033</v>
+        <v>1024</v>
       </c>
       <c r="D285" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E285" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F285" t="s">
-        <v>1034</v>
+        <v>199</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1035</v>
+        <v>1025</v>
       </c>
       <c r="H285" t="s">
-        <v>1036</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1037</v>
+        <v>1027</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1038</v>
+        <v>1028</v>
       </c>
       <c r="D286" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E286" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F286" t="s">
-        <v>741</v>
+        <v>709</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1039</v>
+        <v>1029</v>
       </c>
       <c r="H286" t="s">
-        <v>1040</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1041</v>
+        <v>1031</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1042</v>
+        <v>1032</v>
       </c>
       <c r="D287" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E287" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F287" t="s">
-        <v>677</v>
+        <v>82</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1043</v>
+        <v>1033</v>
       </c>
       <c r="H287" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="D288" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E288" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F288" t="s">
-        <v>1047</v>
+        <v>82</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1048</v>
+        <v>1037</v>
       </c>
       <c r="H288" t="s">
-        <v>1049</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1050</v>
+        <v>1039</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1051</v>
+        <v>1040</v>
       </c>
       <c r="D289" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E289" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F289" t="s">
-        <v>1047</v>
+        <v>503</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1052</v>
+        <v>1041</v>
       </c>
       <c r="H289" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1055</v>
+        <v>1044</v>
       </c>
       <c r="D290" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E290" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F290" t="s">
-        <v>957</v>
+        <v>773</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1056</v>
+        <v>1045</v>
       </c>
       <c r="H290" t="s">
-        <v>1057</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1058</v>
+        <v>1047</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1059</v>
+        <v>1048</v>
       </c>
       <c r="D291" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E291" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F291" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1060</v>
+        <v>1049</v>
       </c>
       <c r="H291" t="s">
-        <v>1061</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1062</v>
+        <v>1051</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1063</v>
+        <v>1052</v>
       </c>
       <c r="D292" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E292" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F292" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1064</v>
+        <v>1053</v>
       </c>
       <c r="H292" t="s">
-        <v>1065</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1066</v>
+        <v>1055</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1067</v>
+        <v>1056</v>
       </c>
       <c r="D293" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E293" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F293" t="s">
-        <v>741</v>
+        <v>82</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1068</v>
+        <v>1057</v>
       </c>
       <c r="H293" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="D294" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E294" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F294" t="s">
         <v>82</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
       <c r="H294" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1074</v>
+        <v>1063</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="D295" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E295" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F295" t="s">
-        <v>82</v>
+        <v>1065</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1076</v>
+        <v>1066</v>
       </c>
       <c r="H295" t="s">
-        <v>1077</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1078</v>
+        <v>1068</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1079</v>
+        <v>1069</v>
       </c>
       <c r="D296" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E296" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F296" t="s">
-        <v>863</v>
+        <v>773</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1080</v>
+        <v>1070</v>
       </c>
       <c r="H296" t="s">
-        <v>1081</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1082</v>
+        <v>1072</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1083</v>
+        <v>1073</v>
       </c>
       <c r="D297" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E297" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F297" t="s">
-        <v>863</v>
+        <v>709</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1084</v>
+        <v>1074</v>
       </c>
       <c r="H297" t="s">
-        <v>1085</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1086</v>
+        <v>1076</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1087</v>
+        <v>1077</v>
       </c>
       <c r="D298" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E298" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F298" t="s">
-        <v>677</v>
+        <v>1078</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1088</v>
+        <v>1079</v>
       </c>
       <c r="H298" t="s">
-        <v>1089</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1090</v>
+        <v>1081</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>1091</v>
+        <v>1082</v>
       </c>
       <c r="D299" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E299" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F299" t="s">
-        <v>741</v>
+        <v>1078</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1092</v>
+        <v>1083</v>
       </c>
       <c r="H299" t="s">
-        <v>1093</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1094</v>
+        <v>1085</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>1095</v>
+        <v>1086</v>
       </c>
       <c r="D300" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E300" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F300" t="s">
-        <v>72</v>
+        <v>524</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1096</v>
+        <v>1087</v>
       </c>
       <c r="H300" t="s">
-        <v>1097</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1098</v>
+        <v>1089</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1099</v>
+        <v>1090</v>
       </c>
       <c r="D301" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E301" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F301" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1100</v>
+        <v>1091</v>
       </c>
       <c r="H301" t="s">
-        <v>1101</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1102</v>
+        <v>1093</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>1103</v>
+        <v>1094</v>
       </c>
       <c r="D302" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E302" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F302" t="s">
         <v>82</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1104</v>
+        <v>1095</v>
       </c>
       <c r="H302" t="s">
-        <v>1105</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1106</v>
+        <v>1097</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1107</v>
+        <v>1098</v>
       </c>
       <c r="D303" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E303" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F303" t="s">
-        <v>45</v>
+        <v>773</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1108</v>
+        <v>1099</v>
       </c>
       <c r="H303" t="s">
-        <v>1109</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1110</v>
+        <v>1101</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1111</v>
+        <v>1102</v>
       </c>
       <c r="D304" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E304" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F304" t="s">
-        <v>503</v>
+        <v>82</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1112</v>
+        <v>1103</v>
       </c>
       <c r="H304" t="s">
-        <v>1113</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1114</v>
+        <v>1105</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1115</v>
+        <v>1106</v>
       </c>
       <c r="D305" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E305" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F305" t="s">
-        <v>1116</v>
+        <v>82</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="H305" t="s">
-        <v>1118</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1119</v>
+        <v>1109</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>1120</v>
+        <v>1110</v>
       </c>
       <c r="D306" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E306" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F306" t="s">
-        <v>1121</v>
+        <v>895</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1122</v>
+        <v>1111</v>
       </c>
       <c r="H306" t="s">
-        <v>1123</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1124</v>
+        <v>1113</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1125</v>
+        <v>1114</v>
       </c>
       <c r="D307" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E307" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F307" t="s">
-        <v>863</v>
+        <v>895</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1126</v>
+        <v>1115</v>
       </c>
       <c r="H307" t="s">
-        <v>1127</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1128</v>
+        <v>1117</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>1129</v>
+        <v>1118</v>
       </c>
       <c r="D308" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E308" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F308" t="s">
-        <v>863</v>
+        <v>709</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1130</v>
+        <v>1119</v>
       </c>
       <c r="H308" t="s">
-        <v>1131</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1132</v>
+        <v>1121</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1133</v>
+        <v>1122</v>
       </c>
       <c r="D309" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E309" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F309" t="s">
-        <v>503</v>
+        <v>773</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1134</v>
+        <v>1123</v>
       </c>
       <c r="H309" t="s">
-        <v>1135</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1136</v>
+        <v>1125</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1137</v>
+        <v>1126</v>
       </c>
       <c r="D310" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E310" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F310" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1138</v>
+        <v>1127</v>
       </c>
       <c r="H310" t="s">
-        <v>1139</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1140</v>
+        <v>1129</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1141</v>
+        <v>1130</v>
       </c>
       <c r="D311" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E311" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F311" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1142</v>
+        <v>1131</v>
       </c>
       <c r="H311" t="s">
-        <v>1143</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1144</v>
+        <v>1133</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1145</v>
+        <v>1134</v>
       </c>
       <c r="D312" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E312" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F312" t="s">
-        <v>741</v>
+        <v>82</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1146</v>
+        <v>1135</v>
       </c>
       <c r="H312" t="s">
-        <v>1147</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1148</v>
+        <v>1137</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1149</v>
+        <v>1138</v>
       </c>
       <c r="D313" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E313" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F313" t="s">
-        <v>770</v>
+        <v>45</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1150</v>
+        <v>1139</v>
       </c>
       <c r="H313" t="s">
-        <v>1151</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1152</v>
+        <v>1141</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1153</v>
+        <v>1142</v>
       </c>
       <c r="D314" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E314" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F314" t="s">
-        <v>55</v>
+        <v>503</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1154</v>
+        <v>1143</v>
       </c>
       <c r="H314" t="s">
-        <v>1155</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1156</v>
+        <v>1145</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1157</v>
+        <v>1146</v>
       </c>
       <c r="D315" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E315" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F315" t="s">
-        <v>863</v>
+        <v>1147</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1158</v>
+        <v>1148</v>
       </c>
       <c r="H315" t="s">
-        <v>1159</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1160</v>
+        <v>1150</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1161</v>
+        <v>1151</v>
       </c>
       <c r="D316" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E316" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F316" t="s">
-        <v>82</v>
+        <v>1152</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1162</v>
+        <v>1153</v>
       </c>
       <c r="H316" t="s">
-        <v>1163</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1165</v>
+        <v>1156</v>
       </c>
       <c r="D317" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E317" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F317" t="s">
-        <v>82</v>
+        <v>895</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1166</v>
+        <v>1157</v>
       </c>
       <c r="H317" t="s">
-        <v>1167</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1168</v>
+        <v>1159</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1169</v>
+        <v>1160</v>
       </c>
       <c r="D318" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E318" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F318" t="s">
-        <v>503</v>
+        <v>895</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1170</v>
+        <v>1161</v>
       </c>
       <c r="H318" t="s">
-        <v>1171</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1172</v>
+        <v>1163</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1173</v>
+        <v>1164</v>
       </c>
       <c r="D319" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E319" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F319" t="s">
-        <v>1174</v>
+        <v>503</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1175</v>
+        <v>1165</v>
       </c>
       <c r="H319" t="s">
-        <v>1176</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1177</v>
+        <v>1167</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1178</v>
+        <v>1168</v>
       </c>
       <c r="D320" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E320" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F320" t="s">
-        <v>208</v>
+        <v>82</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1179</v>
+        <v>1169</v>
       </c>
       <c r="H320" t="s">
-        <v>1180</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1181</v>
+        <v>1171</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1182</v>
+        <v>1172</v>
       </c>
       <c r="D321" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E321" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F321" t="s">
-        <v>741</v>
+        <v>82</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1183</v>
+        <v>1173</v>
       </c>
       <c r="H321" t="s">
-        <v>1184</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1185</v>
+        <v>1175</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1186</v>
+        <v>1176</v>
       </c>
       <c r="D322" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E322" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F322" t="s">
-        <v>72</v>
+        <v>773</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1187</v>
+        <v>1177</v>
       </c>
       <c r="H322" t="s">
-        <v>1188</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1189</v>
+        <v>1179</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1190</v>
+        <v>1180</v>
       </c>
       <c r="D323" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E323" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F323" t="s">
-        <v>77</v>
+        <v>802</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1191</v>
+        <v>1181</v>
       </c>
       <c r="H323" t="s">
-        <v>1192</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1193</v>
+        <v>1183</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1194</v>
+        <v>1184</v>
       </c>
       <c r="D324" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E324" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F324" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1195</v>
+        <v>1185</v>
       </c>
       <c r="H324" t="s">
-        <v>1196</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1197</v>
+        <v>1187</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1198</v>
+        <v>1188</v>
       </c>
       <c r="D325" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E325" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F325" t="s">
-        <v>55</v>
+        <v>895</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1199</v>
+        <v>1189</v>
       </c>
       <c r="H325" t="s">
-        <v>1200</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1201</v>
+        <v>1191</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1202</v>
+        <v>1192</v>
       </c>
       <c r="D326" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E326" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F326" t="s">
         <v>82</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1203</v>
+        <v>1193</v>
       </c>
       <c r="H326" t="s">
-        <v>1204</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1205</v>
+        <v>1195</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1206</v>
+        <v>1196</v>
       </c>
       <c r="D327" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E327" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F327" t="s">
         <v>82</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1207</v>
+        <v>1197</v>
       </c>
       <c r="H327" t="s">
-        <v>1208</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1209</v>
+        <v>1199</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1210</v>
+        <v>1200</v>
       </c>
       <c r="D328" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E328" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F328" t="s">
-        <v>72</v>
+        <v>503</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1211</v>
+        <v>1201</v>
       </c>
       <c r="H328" t="s">
-        <v>1212</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1213</v>
+        <v>1203</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>1214</v>
+        <v>1204</v>
       </c>
       <c r="D329" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E329" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F329" t="s">
-        <v>863</v>
+        <v>1205</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1215</v>
+        <v>1206</v>
       </c>
       <c r="H329" t="s">
-        <v>1216</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1217</v>
+        <v>1208</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1218</v>
+        <v>1209</v>
       </c>
       <c r="D330" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E330" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F330" t="s">
-        <v>82</v>
+        <v>208</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1219</v>
+        <v>1210</v>
       </c>
       <c r="H330" t="s">
-        <v>1220</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1221</v>
+        <v>1212</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1222</v>
+        <v>1213</v>
       </c>
       <c r="D331" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E331" t="s">
-        <v>676</v>
+        <v>708</v>
+      </c>
+      <c r="F331" t="s">
+        <v>773</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
       <c r="H331" t="s">
-        <v>1224</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1225</v>
+        <v>1216</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1226</v>
+        <v>1217</v>
       </c>
       <c r="D332" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E332" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F332" t="s">
-        <v>741</v>
+        <v>72</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1227</v>
+        <v>1218</v>
       </c>
       <c r="H332" t="s">
-        <v>1228</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1229</v>
+        <v>1220</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>1230</v>
+        <v>1221</v>
       </c>
       <c r="D333" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E333" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F333" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1231</v>
+        <v>1222</v>
       </c>
       <c r="H333" t="s">
-        <v>1232</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1233</v>
+        <v>1224</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1234</v>
+        <v>1225</v>
       </c>
       <c r="D334" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E334" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F334" t="s">
-        <v>863</v>
+        <v>72</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1235</v>
+        <v>1226</v>
       </c>
       <c r="H334" t="s">
-        <v>1236</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1237</v>
+        <v>1228</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1238</v>
+        <v>1229</v>
       </c>
       <c r="D335" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E335" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F335" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1239</v>
+        <v>1230</v>
       </c>
       <c r="H335" t="s">
-        <v>1240</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1241</v>
+        <v>1232</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>1242</v>
+        <v>1233</v>
       </c>
       <c r="D336" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E336" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F336" t="s">
         <v>82</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1243</v>
+        <v>1234</v>
       </c>
       <c r="H336" t="s">
-        <v>1244</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1245</v>
+        <v>1236</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1246</v>
+        <v>1237</v>
       </c>
       <c r="D337" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E337" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F337" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1247</v>
+        <v>1238</v>
       </c>
       <c r="H337" t="s">
-        <v>1248</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1249</v>
+        <v>1240</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1250</v>
+        <v>1241</v>
       </c>
       <c r="D338" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E338" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F338" t="s">
         <v>72</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="H338" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1254</v>
+        <v>1245</v>
       </c>
       <c r="D339" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E339" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F339" t="s">
-        <v>503</v>
+        <v>895</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1255</v>
+        <v>1246</v>
       </c>
       <c r="H339" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1257</v>
+        <v>1248</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1258</v>
+        <v>1249</v>
       </c>
       <c r="D340" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E340" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F340" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1259</v>
+        <v>1250</v>
       </c>
       <c r="H340" t="s">
-        <v>1260</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1261</v>
+        <v>1252</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1262</v>
+        <v>1253</v>
       </c>
       <c r="D341" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E341" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>1034</v>
+        <v>708</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1263</v>
+        <v>1254</v>
       </c>
       <c r="H341" t="s">
-        <v>1264</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="D342" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E342" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F342" t="s">
-        <v>741</v>
+        <v>773</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="H342" t="s">
-        <v>1268</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1269</v>
+        <v>1260</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1270</v>
+        <v>1261</v>
       </c>
       <c r="D343" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E343" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F343" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1271</v>
+        <v>1262</v>
       </c>
       <c r="H343" t="s">
-        <v>1272</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1273</v>
+        <v>1264</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1274</v>
+        <v>1265</v>
       </c>
       <c r="D344" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E344" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F344" t="s">
-        <v>55</v>
+        <v>895</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1275</v>
+        <v>1266</v>
       </c>
       <c r="H344" t="s">
-        <v>1276</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1277</v>
+        <v>1268</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1278</v>
+        <v>1269</v>
       </c>
       <c r="D345" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E345" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F345" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1279</v>
+        <v>1270</v>
       </c>
       <c r="H345" t="s">
-        <v>1280</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1281</v>
+        <v>1272</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1282</v>
+        <v>1273</v>
       </c>
       <c r="D346" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E346" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F346" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1283</v>
+        <v>1274</v>
       </c>
       <c r="H346" t="s">
-        <v>1284</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1285</v>
+        <v>1276</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1286</v>
+        <v>1277</v>
       </c>
       <c r="D347" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E347" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F347" t="s">
-        <v>1287</v>
+        <v>45</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1288</v>
+        <v>1278</v>
       </c>
       <c r="H347" t="s">
-        <v>1289</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1290</v>
+        <v>1280</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1291</v>
+        <v>1281</v>
       </c>
       <c r="D348" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E348" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F348" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1292</v>
+        <v>1282</v>
       </c>
       <c r="H348" t="s">
-        <v>1293</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1294</v>
+        <v>1284</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1295</v>
+        <v>1285</v>
       </c>
       <c r="D349" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E349" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F349" t="s">
-        <v>677</v>
+        <v>503</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1296</v>
+        <v>1286</v>
       </c>
       <c r="H349" t="s">
-        <v>1297</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1298</v>
+        <v>1288</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1299</v>
+        <v>1289</v>
       </c>
       <c r="D350" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E350" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F350" t="s">
-        <v>677</v>
+        <v>45</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1300</v>
+        <v>1290</v>
       </c>
       <c r="H350" t="s">
-        <v>1301</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1302</v>
+        <v>1292</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1303</v>
+        <v>1293</v>
       </c>
       <c r="D351" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E351" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F351" t="s">
-        <v>1304</v>
+        <v>1065</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1305</v>
+        <v>1294</v>
       </c>
       <c r="H351" t="s">
-        <v>1306</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1308</v>
+        <v>1297</v>
       </c>
       <c r="D352" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E352" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F352" t="s">
-        <v>1309</v>
+        <v>773</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1310</v>
+        <v>1298</v>
       </c>
       <c r="H352" t="s">
-        <v>1311</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1312</v>
+        <v>1300</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1313</v>
+        <v>1301</v>
       </c>
       <c r="D353" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E353" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F353" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1314</v>
+        <v>1302</v>
       </c>
       <c r="H353" t="s">
-        <v>1315</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1316</v>
+        <v>1304</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1317</v>
+        <v>1305</v>
       </c>
       <c r="D354" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E354" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F354" t="s">
-        <v>1318</v>
+        <v>55</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1319</v>
+        <v>1306</v>
       </c>
       <c r="H354" t="s">
-        <v>1320</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1321</v>
+        <v>1308</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1322</v>
+        <v>1309</v>
       </c>
       <c r="D355" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E355" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F355" t="s">
-        <v>296</v>
+        <v>72</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1323</v>
+        <v>1310</v>
       </c>
       <c r="H355" t="s">
-        <v>1324</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1325</v>
+        <v>1312</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1326</v>
+        <v>1313</v>
       </c>
       <c r="D356" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E356" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F356" t="s">
-        <v>503</v>
+        <v>45</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1327</v>
+        <v>1314</v>
       </c>
       <c r="H356" t="s">
-        <v>1328</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1330</v>
+        <v>1317</v>
       </c>
       <c r="D357" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E357" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F357" t="s">
-        <v>503</v>
+        <v>1318</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1331</v>
+        <v>1319</v>
       </c>
       <c r="H357" t="s">
-        <v>1332</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1333</v>
+        <v>1321</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1334</v>
+        <v>1322</v>
       </c>
       <c r="D358" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E358" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F358" t="s">
         <v>82</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1335</v>
+        <v>1323</v>
       </c>
       <c r="H358" t="s">
-        <v>1336</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1337</v>
+        <v>1325</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1338</v>
+        <v>1326</v>
       </c>
       <c r="D359" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E359" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F359" t="s">
-        <v>1287</v>
+        <v>709</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1339</v>
+        <v>1327</v>
       </c>
       <c r="H359" t="s">
-        <v>1340</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1341</v>
+        <v>1329</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1342</v>
+        <v>1330</v>
       </c>
       <c r="D360" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E360" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F360" t="s">
-        <v>45</v>
+        <v>709</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1343</v>
+        <v>1331</v>
       </c>
       <c r="H360" t="s">
-        <v>1344</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1345</v>
+        <v>1333</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1346</v>
+        <v>1334</v>
       </c>
       <c r="D361" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E361" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F361" t="s">
-        <v>45</v>
+        <v>1335</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1347</v>
+        <v>1336</v>
       </c>
       <c r="H361" t="s">
-        <v>1348</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1349</v>
+        <v>1338</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1350</v>
+        <v>1339</v>
       </c>
       <c r="D362" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E362" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F362" t="s">
-        <v>274</v>
+        <v>1340</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1351</v>
+        <v>1341</v>
       </c>
       <c r="H362" t="s">
-        <v>1352</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1353</v>
+        <v>1343</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1354</v>
+        <v>1344</v>
       </c>
       <c r="D363" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E363" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F363" t="s">
-        <v>1355</v>
+        <v>82</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1356</v>
+        <v>1345</v>
       </c>
       <c r="H363" t="s">
-        <v>1357</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1358</v>
+        <v>1347</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1359</v>
+        <v>1348</v>
       </c>
       <c r="D364" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E364" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F364" t="s">
-        <v>82</v>
+        <v>1349</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1360</v>
+        <v>1350</v>
       </c>
       <c r="H364" t="s">
-        <v>1361</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1362</v>
+        <v>1352</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1363</v>
+        <v>1353</v>
       </c>
       <c r="D365" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E365" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F365" t="s">
-        <v>82</v>
+        <v>296</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1364</v>
+        <v>1354</v>
       </c>
       <c r="H365" t="s">
-        <v>1365</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1366</v>
+        <v>1356</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1367</v>
+        <v>1357</v>
       </c>
       <c r="D366" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E366" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F366" t="s">
-        <v>1368</v>
+        <v>503</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1369</v>
+        <v>1358</v>
       </c>
       <c r="H366" t="s">
-        <v>1370</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1371</v>
+        <v>1360</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1372</v>
+        <v>1361</v>
       </c>
       <c r="D367" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E367" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F367" t="s">
-        <v>741</v>
+        <v>503</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1373</v>
+        <v>1362</v>
       </c>
       <c r="H367" t="s">
-        <v>1374</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1375</v>
+        <v>1364</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1376</v>
+        <v>1365</v>
       </c>
       <c r="D368" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E368" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F368" t="s">
-        <v>741</v>
+        <v>82</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1377</v>
+        <v>1366</v>
       </c>
       <c r="H368" t="s">
-        <v>1378</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1379</v>
+        <v>1368</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1380</v>
+        <v>1369</v>
       </c>
       <c r="D369" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E369" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F369" t="s">
-        <v>77</v>
+        <v>1318</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1381</v>
+        <v>1370</v>
       </c>
       <c r="H369" t="s">
-        <v>1382</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1383</v>
+        <v>1372</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1384</v>
+        <v>1373</v>
       </c>
       <c r="D370" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E370" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F370" t="s">
-        <v>77</v>
+        <v>45</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1385</v>
+        <v>1374</v>
       </c>
       <c r="H370" t="s">
-        <v>1386</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1387</v>
+        <v>1376</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1388</v>
+        <v>1377</v>
       </c>
       <c r="D371" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E371" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F371" t="s">
-        <v>677</v>
+        <v>45</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1389</v>
+        <v>1378</v>
       </c>
       <c r="H371" t="s">
-        <v>1390</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1391</v>
+        <v>1380</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1392</v>
+        <v>1381</v>
       </c>
       <c r="D372" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E372" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F372" t="s">
-        <v>72</v>
+        <v>274</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1393</v>
+        <v>1382</v>
       </c>
       <c r="H372" t="s">
-        <v>1394</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1395</v>
+        <v>1384</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1396</v>
+        <v>1385</v>
       </c>
       <c r="D373" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E373" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F373" t="s">
-        <v>72</v>
+        <v>1386</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1397</v>
+        <v>1387</v>
       </c>
       <c r="H373" t="s">
-        <v>1398</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1399</v>
+        <v>1389</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1400</v>
+        <v>1390</v>
       </c>
       <c r="D374" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E374" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F374" t="s">
         <v>82</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1401</v>
+        <v>1391</v>
       </c>
       <c r="H374" t="s">
-        <v>1402</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1403</v>
+        <v>1393</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1404</v>
+        <v>1394</v>
       </c>
       <c r="D375" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E375" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F375" t="s">
         <v>82</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1405</v>
+        <v>1395</v>
       </c>
       <c r="H375" t="s">
-        <v>1406</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1407</v>
+        <v>1397</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1408</v>
+        <v>1398</v>
       </c>
       <c r="D376" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E376" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F376" t="s">
-        <v>503</v>
+        <v>1399</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1409</v>
+        <v>1400</v>
       </c>
       <c r="H376" t="s">
-        <v>1410</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1411</v>
+        <v>1402</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1412</v>
+        <v>1403</v>
       </c>
       <c r="D377" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E377" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F377" t="s">
-        <v>503</v>
+        <v>773</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>592</v>
+        <v>1404</v>
       </c>
       <c r="H377" t="s">
-        <v>1413</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1414</v>
+        <v>1406</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1415</v>
+        <v>1407</v>
       </c>
       <c r="D378" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E378" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F378" t="s">
-        <v>503</v>
+        <v>773</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1416</v>
+        <v>1408</v>
       </c>
       <c r="H378" t="s">
-        <v>1417</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1418</v>
+        <v>1410</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1419</v>
+        <v>1411</v>
       </c>
       <c r="D379" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E379" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F379" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1420</v>
+        <v>1412</v>
       </c>
       <c r="H379" t="s">
-        <v>1421</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1422</v>
+        <v>1414</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1423</v>
+        <v>1415</v>
       </c>
       <c r="D380" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E380" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F380" t="s">
-        <v>863</v>
+        <v>77</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1424</v>
+        <v>1416</v>
       </c>
       <c r="H380" t="s">
-        <v>1425</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1426</v>
+        <v>1418</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1427</v>
+        <v>1419</v>
       </c>
       <c r="D381" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E381" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F381" t="s">
-        <v>82</v>
+        <v>709</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1428</v>
+        <v>1420</v>
       </c>
       <c r="H381" t="s">
-        <v>1429</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1430</v>
+        <v>1422</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1431</v>
+        <v>1423</v>
       </c>
       <c r="D382" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E382" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F382" t="s">
-        <v>677</v>
+        <v>72</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1432</v>
+        <v>1424</v>
       </c>
       <c r="H382" t="s">
-        <v>1433</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1434</v>
+        <v>1426</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1435</v>
+        <v>1427</v>
       </c>
       <c r="D383" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E383" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F383" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1436</v>
+        <v>1428</v>
       </c>
       <c r="H383" t="s">
-        <v>1437</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1438</v>
+        <v>1430</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1439</v>
+        <v>1431</v>
       </c>
       <c r="D384" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E384" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F384" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1440</v>
+        <v>1432</v>
       </c>
       <c r="H384" t="s">
-        <v>1441</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1442</v>
+        <v>1434</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1443</v>
+        <v>1435</v>
       </c>
       <c r="D385" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E385" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F385" t="s">
-        <v>503</v>
+        <v>82</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1444</v>
+        <v>1436</v>
       </c>
       <c r="H385" t="s">
-        <v>1445</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1446</v>
+        <v>1438</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1447</v>
+        <v>1439</v>
       </c>
       <c r="D386" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E386" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F386" t="s">
-        <v>45</v>
+        <v>503</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1448</v>
+        <v>1440</v>
       </c>
       <c r="H386" t="s">
-        <v>1449</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1450</v>
+        <v>1442</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1451</v>
+        <v>1443</v>
       </c>
       <c r="D387" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E387" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F387" t="s">
-        <v>863</v>
+        <v>503</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1452</v>
+        <v>617</v>
       </c>
       <c r="H387" t="s">
-        <v>1453</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1454</v>
+        <v>1445</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1455</v>
+        <v>1446</v>
       </c>
       <c r="D388" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E388" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F388" t="s">
-        <v>45</v>
+        <v>503</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1456</v>
+        <v>1447</v>
       </c>
       <c r="H388" t="s">
-        <v>1457</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1458</v>
+        <v>1449</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1459</v>
+        <v>1450</v>
       </c>
       <c r="D389" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E389" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F389" t="s">
-        <v>503</v>
+        <v>72</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1460</v>
+        <v>1451</v>
       </c>
       <c r="H389" t="s">
-        <v>1461</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1462</v>
+        <v>1453</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1463</v>
+        <v>1454</v>
       </c>
       <c r="D390" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E390" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F390" t="s">
-        <v>82</v>
+        <v>895</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1464</v>
+        <v>1455</v>
       </c>
       <c r="H390" t="s">
-        <v>1465</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1466</v>
+        <v>1457</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1467</v>
+        <v>1458</v>
       </c>
       <c r="D391" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E391" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F391" t="s">
         <v>82</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1468</v>
+        <v>1459</v>
       </c>
       <c r="H391" t="s">
-        <v>1469</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1470</v>
+        <v>1461</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1471</v>
+        <v>1462</v>
       </c>
       <c r="D392" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E392" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F392" t="s">
-        <v>503</v>
+        <v>709</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1472</v>
+        <v>1463</v>
       </c>
       <c r="H392" t="s">
-        <v>1473</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1474</v>
+        <v>1465</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1475</v>
+        <v>1466</v>
       </c>
       <c r="D393" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E393" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F393" t="s">
         <v>82</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1476</v>
+        <v>1467</v>
       </c>
       <c r="H393" t="s">
-        <v>1477</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1478</v>
+        <v>1469</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1479</v>
+        <v>1470</v>
       </c>
       <c r="D394" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E394" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F394" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1480</v>
+        <v>1471</v>
       </c>
       <c r="H394" t="s">
-        <v>1481</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1482</v>
+        <v>1473</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1483</v>
+        <v>1474</v>
       </c>
       <c r="D395" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E395" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F395" t="s">
-        <v>677</v>
+        <v>503</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1484</v>
+        <v>1475</v>
       </c>
       <c r="H395" t="s">
-        <v>1485</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1486</v>
+        <v>1477</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1487</v>
+        <v>1478</v>
       </c>
       <c r="D396" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E396" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F396" t="s">
-        <v>677</v>
+        <v>45</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1488</v>
+        <v>1479</v>
       </c>
       <c r="H396" t="s">
-        <v>1489</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1490</v>
+        <v>1481</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="D397" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E397" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F397" t="s">
-        <v>72</v>
+        <v>895</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1492</v>
+        <v>1483</v>
       </c>
       <c r="H397" t="s">
-        <v>1493</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1494</v>
+        <v>1485</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1495</v>
+        <v>1486</v>
       </c>
       <c r="D398" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E398" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F398" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1496</v>
+        <v>1487</v>
       </c>
       <c r="H398" t="s">
-        <v>1497</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1498</v>
+        <v>1489</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1499</v>
+        <v>1490</v>
       </c>
       <c r="D399" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E399" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F399" t="s">
-        <v>863</v>
+        <v>503</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="H399" t="s">
-        <v>1501</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1502</v>
+        <v>1493</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1503</v>
+        <v>1494</v>
       </c>
       <c r="D400" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E400" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F400" t="s">
-        <v>863</v>
+        <v>82</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1504</v>
+        <v>1495</v>
       </c>
       <c r="H400" t="s">
-        <v>1505</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1506</v>
+        <v>1497</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1507</v>
+        <v>1498</v>
       </c>
       <c r="D401" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E401" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F401" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1508</v>
+        <v>1499</v>
       </c>
       <c r="H401" t="s">
-        <v>1509</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1510</v>
+        <v>1501</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1511</v>
+        <v>1502</v>
       </c>
       <c r="D402" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E402" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F402" t="s">
-        <v>77</v>
+        <v>503</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1512</v>
+        <v>1503</v>
       </c>
       <c r="H402" t="s">
-        <v>1513</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1514</v>
+        <v>1505</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1515</v>
+        <v>1506</v>
       </c>
       <c r="D403" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E403" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F403" t="s">
         <v>82</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1516</v>
+        <v>1507</v>
       </c>
       <c r="H403" t="s">
-        <v>1517</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1518</v>
+        <v>1509</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1519</v>
+        <v>1510</v>
       </c>
       <c r="D404" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E404" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F404" t="s">
         <v>82</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1520</v>
+        <v>1511</v>
       </c>
       <c r="H404" t="s">
-        <v>1521</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1522</v>
+        <v>1513</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1523</v>
+        <v>1514</v>
       </c>
       <c r="D405" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E405" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F405" t="s">
-        <v>72</v>
+        <v>709</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1524</v>
+        <v>1515</v>
       </c>
       <c r="H405" t="s">
-        <v>1525</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1526</v>
+        <v>1517</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1527</v>
+        <v>1518</v>
       </c>
       <c r="D406" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E406" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F406" t="s">
-        <v>82</v>
+        <v>709</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1528</v>
+        <v>1519</v>
       </c>
       <c r="H406" t="s">
-        <v>1529</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1530</v>
+        <v>1521</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1531</v>
+        <v>1522</v>
       </c>
       <c r="D407" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E407" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F407" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1532</v>
+        <v>1523</v>
       </c>
       <c r="H407" t="s">
-        <v>1533</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1534</v>
+        <v>1525</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1535</v>
+        <v>1526</v>
       </c>
       <c r="D408" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E408" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F408" t="s">
-        <v>503</v>
+        <v>72</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1536</v>
+        <v>1527</v>
       </c>
       <c r="H408" t="s">
-        <v>1537</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1538</v>
+        <v>1529</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1539</v>
+        <v>1530</v>
       </c>
       <c r="D409" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E409" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F409" t="s">
-        <v>55</v>
+        <v>895</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1540</v>
+        <v>1531</v>
       </c>
       <c r="H409" t="s">
-        <v>1541</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1542</v>
+        <v>1533</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1543</v>
+        <v>1534</v>
       </c>
       <c r="D410" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E410" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F410" t="s">
-        <v>45</v>
+        <v>895</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1544</v>
+        <v>1535</v>
       </c>
       <c r="H410" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1546</v>
+        <v>1537</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1547</v>
+        <v>1538</v>
       </c>
       <c r="D411" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E411" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F411" t="s">
-        <v>677</v>
+        <v>77</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1548</v>
+        <v>1539</v>
       </c>
       <c r="H411" t="s">
-        <v>1549</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1550</v>
+        <v>1541</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1551</v>
+        <v>1542</v>
       </c>
       <c r="D412" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E412" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F412" t="s">
-        <v>1552</v>
+        <v>77</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1553</v>
+        <v>1543</v>
       </c>
       <c r="H412" t="s">
-        <v>1554</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1555</v>
+        <v>1545</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1556</v>
+        <v>1546</v>
       </c>
       <c r="D413" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E413" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F413" t="s">
-        <v>1557</v>
+        <v>82</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1558</v>
+        <v>1547</v>
       </c>
       <c r="H413" t="s">
-        <v>1559</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1560</v>
+        <v>1549</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1561</v>
+        <v>1550</v>
       </c>
       <c r="D414" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E414" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F414" t="s">
-        <v>503</v>
+        <v>82</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1562</v>
+        <v>1551</v>
       </c>
       <c r="H414" t="s">
-        <v>1563</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1564</v>
+        <v>1553</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1565</v>
+        <v>1554</v>
       </c>
       <c r="D415" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E415" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F415" t="s">
         <v>72</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1566</v>
+        <v>1555</v>
       </c>
       <c r="H415" t="s">
-        <v>1567</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1568</v>
+        <v>1557</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1569</v>
+        <v>1558</v>
       </c>
       <c r="D416" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E416" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F416" t="s">
         <v>82</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1570</v>
+        <v>1559</v>
       </c>
       <c r="H416" t="s">
-        <v>1571</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1572</v>
+        <v>1561</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1573</v>
+        <v>1562</v>
       </c>
       <c r="D417" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E417" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F417" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1574</v>
+        <v>1563</v>
       </c>
       <c r="H417" t="s">
-        <v>1575</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1576</v>
+        <v>1565</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1577</v>
+        <v>1566</v>
       </c>
       <c r="D418" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E418" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F418" t="s">
-        <v>82</v>
+        <v>503</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1578</v>
+        <v>1567</v>
       </c>
       <c r="H418" t="s">
-        <v>1579</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1580</v>
+        <v>1569</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1581</v>
+        <v>1570</v>
       </c>
       <c r="D419" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E419" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F419" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1582</v>
+        <v>1571</v>
       </c>
       <c r="H419" t="s">
-        <v>1583</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1584</v>
+        <v>1573</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1585</v>
+        <v>1574</v>
       </c>
       <c r="D420" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E420" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F420" t="s">
-        <v>1586</v>
+        <v>45</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1587</v>
+        <v>1575</v>
       </c>
       <c r="H420" t="s">
-        <v>1588</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1589</v>
+        <v>1577</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1590</v>
+        <v>1578</v>
       </c>
       <c r="D421" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E421" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F421" t="s">
-        <v>274</v>
+        <v>709</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1591</v>
+        <v>1579</v>
       </c>
       <c r="H421" t="s">
-        <v>1592</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1593</v>
+        <v>1581</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1594</v>
+        <v>1582</v>
       </c>
       <c r="D422" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E422" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F422" t="s">
-        <v>82</v>
+        <v>1583</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1595</v>
+        <v>1584</v>
       </c>
       <c r="H422" t="s">
-        <v>1596</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1597</v>
+        <v>1586</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1598</v>
+        <v>1587</v>
       </c>
       <c r="D423" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E423" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F423" t="s">
-        <v>72</v>
+        <v>1588</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1599</v>
+        <v>1589</v>
       </c>
       <c r="H423" t="s">
-        <v>1600</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1601</v>
+        <v>1591</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1602</v>
+        <v>1592</v>
       </c>
       <c r="D424" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E424" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F424" t="s">
-        <v>72</v>
+        <v>503</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1603</v>
+        <v>1593</v>
       </c>
       <c r="H424" t="s">
-        <v>1604</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1605</v>
+        <v>1595</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1606</v>
+        <v>1596</v>
       </c>
       <c r="D425" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E425" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F425" t="s">
-        <v>1287</v>
+        <v>72</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1607</v>
+        <v>1597</v>
       </c>
       <c r="H425" t="s">
-        <v>1608</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1609</v>
+        <v>1599</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1610</v>
+        <v>1600</v>
       </c>
       <c r="D426" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E426" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F426" t="s">
-        <v>677</v>
+        <v>82</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1611</v>
+        <v>1601</v>
       </c>
       <c r="H426" t="s">
-        <v>1612</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1613</v>
+        <v>1603</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1614</v>
+        <v>1604</v>
       </c>
       <c r="D427" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E427" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F427" t="s">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1615</v>
+        <v>1605</v>
       </c>
       <c r="H427" t="s">
-        <v>1616</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1617</v>
+        <v>1607</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1618</v>
+        <v>1608</v>
       </c>
       <c r="D428" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E428" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F428" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1619</v>
+        <v>1609</v>
       </c>
       <c r="H428" t="s">
-        <v>1620</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1621</v>
+        <v>1611</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1622</v>
+        <v>1612</v>
       </c>
       <c r="D429" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E429" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F429" t="s">
-        <v>82</v>
+        <v>503</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1623</v>
+        <v>1613</v>
       </c>
       <c r="H429" t="s">
-        <v>1624</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1625</v>
+        <v>1615</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1626</v>
+        <v>1616</v>
       </c>
       <c r="D430" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E430" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F430" t="s">
-        <v>863</v>
+        <v>1617</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1627</v>
+        <v>1618</v>
       </c>
       <c r="H430" t="s">
-        <v>1628</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1629</v>
+        <v>1620</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1630</v>
+        <v>1621</v>
       </c>
       <c r="D431" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E431" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F431" t="s">
-        <v>82</v>
+        <v>274</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1631</v>
+        <v>1622</v>
       </c>
       <c r="H431" t="s">
-        <v>1632</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1633</v>
+        <v>1624</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1634</v>
+        <v>1625</v>
       </c>
       <c r="D432" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E432" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F432" t="s">
-        <v>1635</v>
+        <v>82</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1636</v>
+        <v>1626</v>
       </c>
       <c r="H432" t="s">
-        <v>1637</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1638</v>
+        <v>1628</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1639</v>
+        <v>1629</v>
       </c>
       <c r="D433" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E433" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F433" t="s">
-        <v>677</v>
+        <v>72</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="H433" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1642</v>
+        <v>1632</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1643</v>
+        <v>1633</v>
       </c>
       <c r="D434" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E434" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F434" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1644</v>
+        <v>1634</v>
       </c>
       <c r="H434" t="s">
-        <v>1645</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1646</v>
+        <v>1636</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1647</v>
+        <v>1637</v>
       </c>
       <c r="D435" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E435" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F435" t="s">
-        <v>863</v>
+        <v>1318</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1648</v>
+        <v>1638</v>
       </c>
       <c r="H435" t="s">
-        <v>1649</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1650</v>
+        <v>1640</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1651</v>
+        <v>1641</v>
       </c>
       <c r="D436" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E436" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F436" t="s">
-        <v>82</v>
+        <v>709</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1652</v>
+        <v>1642</v>
       </c>
       <c r="H436" t="s">
-        <v>1653</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1654</v>
+        <v>1644</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1655</v>
+        <v>1645</v>
       </c>
       <c r="D437" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E437" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F437" t="s">
         <v>82</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1656</v>
+        <v>1646</v>
       </c>
       <c r="H437" t="s">
-        <v>1657</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1658</v>
+        <v>1648</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1659</v>
+        <v>1649</v>
       </c>
       <c r="D438" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E438" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F438" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1660</v>
+        <v>1650</v>
       </c>
       <c r="H438" t="s">
-        <v>1661</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1662</v>
+        <v>1652</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1663</v>
+        <v>1653</v>
       </c>
       <c r="D439" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E439" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F439" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1664</v>
+        <v>1654</v>
       </c>
       <c r="H439" t="s">
-        <v>1665</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1666</v>
+        <v>1656</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1667</v>
+        <v>1657</v>
       </c>
       <c r="D440" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E440" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F440" t="s">
-        <v>77</v>
+        <v>895</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1668</v>
+        <v>1658</v>
       </c>
       <c r="H440" t="s">
-        <v>1669</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1670</v>
+        <v>1660</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1671</v>
+        <v>1661</v>
       </c>
       <c r="D441" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E441" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F441" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1672</v>
+        <v>1662</v>
       </c>
       <c r="H441" t="s">
-        <v>1673</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1674</v>
+        <v>1664</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1675</v>
+        <v>1665</v>
       </c>
       <c r="D442" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E442" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F442" t="s">
-        <v>503</v>
+        <v>1666</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1676</v>
+        <v>1667</v>
       </c>
       <c r="H442" t="s">
-        <v>1677</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1678</v>
+        <v>1669</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1679</v>
+        <v>1670</v>
       </c>
       <c r="D443" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E443" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F443" t="s">
-        <v>82</v>
+        <v>709</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1680</v>
+        <v>1671</v>
       </c>
       <c r="H443" t="s">
-        <v>1681</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1682</v>
+        <v>1673</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1683</v>
+        <v>1674</v>
       </c>
       <c r="D444" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E444" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F444" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1684</v>
+        <v>1675</v>
       </c>
       <c r="H444" t="s">
-        <v>1685</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1686</v>
+        <v>1677</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1687</v>
+        <v>1678</v>
       </c>
       <c r="D445" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E445" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F445" t="s">
-        <v>863</v>
+        <v>895</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1688</v>
+        <v>1679</v>
       </c>
       <c r="H445" t="s">
-        <v>1689</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1690</v>
+        <v>1681</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1691</v>
+        <v>1682</v>
       </c>
       <c r="D446" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E446" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F446" t="s">
-        <v>863</v>
+        <v>82</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1692</v>
+        <v>1683</v>
       </c>
       <c r="H446" t="s">
-        <v>1693</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1694</v>
+        <v>1685</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1695</v>
+        <v>1686</v>
       </c>
       <c r="D447" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E447" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F447" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1696</v>
+        <v>1687</v>
       </c>
       <c r="H447" t="s">
-        <v>1697</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1698</v>
+        <v>1689</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1699</v>
+        <v>1690</v>
       </c>
       <c r="D448" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E448" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F448" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1700</v>
+        <v>1691</v>
       </c>
       <c r="H448" t="s">
-        <v>1701</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1702</v>
+        <v>1693</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1703</v>
+        <v>1694</v>
       </c>
       <c r="D449" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E449" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F449" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1704</v>
+        <v>1695</v>
       </c>
       <c r="H449" t="s">
-        <v>1705</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1706</v>
+        <v>1697</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1707</v>
+        <v>1698</v>
       </c>
       <c r="D450" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E450" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F450" t="s">
-        <v>1708</v>
+        <v>77</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1709</v>
+        <v>1699</v>
       </c>
       <c r="H450" t="s">
-        <v>1710</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1711</v>
+        <v>1701</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1712</v>
+        <v>1702</v>
       </c>
       <c r="D451" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E451" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F451" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1713</v>
+        <v>1703</v>
       </c>
       <c r="H451" t="s">
-        <v>1714</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1715</v>
+        <v>1705</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1716</v>
+        <v>1706</v>
       </c>
       <c r="D452" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E452" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F452" t="s">
-        <v>82</v>
+        <v>503</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1717</v>
+        <v>1707</v>
       </c>
       <c r="H452" t="s">
-        <v>1718</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1719</v>
+        <v>1709</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1720</v>
+        <v>1710</v>
       </c>
       <c r="D453" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E453" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F453" t="s">
-        <v>863</v>
+        <v>82</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1721</v>
+        <v>1711</v>
       </c>
       <c r="H453" t="s">
-        <v>1722</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1723</v>
+        <v>1713</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1724</v>
+        <v>1714</v>
       </c>
       <c r="D454" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E454" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F454" t="s">
         <v>82</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1725</v>
+        <v>1715</v>
       </c>
       <c r="H454" t="s">
-        <v>1726</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1727</v>
+        <v>1717</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1728</v>
+        <v>1718</v>
       </c>
       <c r="D455" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E455" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F455" t="s">
-        <v>55</v>
+        <v>895</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1729</v>
+        <v>1719</v>
       </c>
       <c r="H455" t="s">
-        <v>1730</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1731</v>
+        <v>1721</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1732</v>
+        <v>1722</v>
       </c>
       <c r="D456" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E456" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F456" t="s">
-        <v>82</v>
+        <v>895</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1733</v>
+        <v>1723</v>
       </c>
       <c r="H456" t="s">
-        <v>1734</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1735</v>
+        <v>1725</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1736</v>
+        <v>1726</v>
       </c>
       <c r="D457" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E457" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F457" t="s">
-        <v>863</v>
+        <v>55</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1737</v>
+        <v>1727</v>
       </c>
       <c r="H457" t="s">
-        <v>1738</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1739</v>
+        <v>1729</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1740</v>
+        <v>1730</v>
       </c>
       <c r="D458" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E458" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F458" t="s">
-        <v>503</v>
+        <v>82</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1741</v>
+        <v>1731</v>
       </c>
       <c r="H458" t="s">
-        <v>1742</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1743</v>
+        <v>1733</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1744</v>
+        <v>1734</v>
       </c>
       <c r="D459" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E459" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F459" t="s">
         <v>82</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1745</v>
+        <v>1735</v>
       </c>
       <c r="H459" t="s">
-        <v>1746</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1747</v>
+        <v>1737</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1748</v>
+        <v>1738</v>
       </c>
       <c r="D460" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E460" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F460" t="s">
-        <v>82</v>
+        <v>1739</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1749</v>
+        <v>1740</v>
       </c>
       <c r="H460" t="s">
-        <v>1750</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1751</v>
+        <v>1742</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1752</v>
+        <v>1743</v>
       </c>
       <c r="D461" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E461" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F461" t="s">
-        <v>1708</v>
+        <v>82</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1753</v>
+        <v>1744</v>
       </c>
       <c r="H461" t="s">
-        <v>1754</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1755</v>
+        <v>1746</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1756</v>
+        <v>1747</v>
       </c>
       <c r="D462" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E462" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F462" t="s">
-        <v>503</v>
+        <v>82</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1757</v>
+        <v>1748</v>
       </c>
       <c r="H462" t="s">
-        <v>1758</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1759</v>
+        <v>1750</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1760</v>
+        <v>1751</v>
       </c>
       <c r="D463" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E463" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F463" t="s">
-        <v>82</v>
+        <v>895</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1761</v>
+        <v>1752</v>
       </c>
       <c r="H463" t="s">
-        <v>1762</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1763</v>
+        <v>1754</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1764</v>
+        <v>1755</v>
       </c>
       <c r="D464" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E464" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F464" t="s">
-        <v>664</v>
+        <v>82</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1765</v>
+        <v>1756</v>
       </c>
       <c r="H464" t="s">
-        <v>1766</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1767</v>
+        <v>1758</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1768</v>
+        <v>1759</v>
       </c>
       <c r="D465" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E465" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F465" t="s">
         <v>55</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1769</v>
+        <v>1760</v>
       </c>
       <c r="H465" t="s">
-        <v>1770</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1771</v>
+        <v>1762</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1772</v>
+        <v>1763</v>
       </c>
       <c r="D466" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="E466" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="F466" t="s">
-        <v>1773</v>
+        <v>82</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1774</v>
+        <v>1764</v>
       </c>
       <c r="H466" t="s">
-        <v>1775</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1776</v>
+        <v>1766</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>10</v>
+        <v>1767</v>
       </c>
       <c r="D467" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E467" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F467" t="s">
-        <v>403</v>
+        <v>895</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1779</v>
+        <v>1768</v>
       </c>
       <c r="H467" t="s">
-        <v>1780</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1781</v>
+        <v>1770</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>17</v>
+        <v>1771</v>
       </c>
       <c r="D468" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E468" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F468" t="s">
-        <v>403</v>
+        <v>503</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1782</v>
+        <v>1772</v>
       </c>
       <c r="H468" t="s">
-        <v>1783</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1784</v>
+        <v>1774</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>31</v>
+        <v>1775</v>
       </c>
       <c r="D469" t="s">
+        <v>707</v>
+      </c>
+      <c r="E469" t="s">
+        <v>708</v>
+      </c>
+      <c r="F469" t="s">
+        <v>82</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H469" t="s">
         <v>1777</v>
-      </c>
-[...10 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1787</v>
+        <v>1778</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>36</v>
+        <v>1779</v>
       </c>
       <c r="D470" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E470" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F470" t="s">
-        <v>403</v>
+        <v>82</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1788</v>
+        <v>1780</v>
       </c>
       <c r="H470" t="s">
-        <v>1789</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1790</v>
+        <v>1782</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>40</v>
+        <v>1783</v>
       </c>
       <c r="D471" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E471" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F471" t="s">
-        <v>403</v>
+        <v>1739</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1791</v>
+        <v>1784</v>
       </c>
       <c r="H471" t="s">
-        <v>1792</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1793</v>
+        <v>1786</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>44</v>
+        <v>1787</v>
       </c>
       <c r="D472" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E472" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F472" t="s">
-        <v>403</v>
+        <v>503</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1794</v>
+        <v>1788</v>
       </c>
       <c r="H472" t="s">
-        <v>1795</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1796</v>
+        <v>1790</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>49</v>
+        <v>1791</v>
       </c>
       <c r="D473" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E473" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F473" t="s">
-        <v>403</v>
+        <v>82</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1797</v>
+        <v>1792</v>
       </c>
       <c r="H473" t="s">
-        <v>1798</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1799</v>
+        <v>1794</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>54</v>
+        <v>1795</v>
       </c>
       <c r="D474" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E474" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F474" t="s">
-        <v>403</v>
+        <v>692</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1800</v>
+        <v>1796</v>
       </c>
       <c r="H474" t="s">
-        <v>1801</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1802</v>
+        <v>1798</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>59</v>
+        <v>1799</v>
       </c>
       <c r="D475" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E475" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F475" t="s">
-        <v>403</v>
+        <v>55</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1803</v>
+        <v>1800</v>
       </c>
       <c r="H475" t="s">
-        <v>1804</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D476" t="s">
+        <v>707</v>
+      </c>
+      <c r="E476" t="s">
+        <v>708</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1804</v>
+      </c>
+      <c r="G476" s="1" t="s">
         <v>1805</v>
       </c>
-      <c r="B476" t="s">
-[...14 lines deleted...]
-      <c r="G476" s="1" t="s">
+      <c r="H476" t="s">
         <v>1806</v>
-      </c>
-[...1 lines deleted...]
-        <v>1807</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
         <v>1808</v>
       </c>
-      <c r="B477" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D477" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E477" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F477" t="s">
-        <v>403</v>
+        <v>82</v>
       </c>
       <c r="G477" s="1" t="s">
         <v>1809</v>
       </c>
       <c r="H477" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>1811</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>71</v>
+        <v>1812</v>
       </c>
       <c r="D478" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E478" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F478" t="s">
-        <v>403</v>
+        <v>82</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="H478" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>76</v>
+        <v>1816</v>
       </c>
       <c r="D479" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E479" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F479" t="s">
-        <v>403</v>
+        <v>709</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="H479" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>81</v>
+        <v>1820</v>
       </c>
       <c r="D480" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E480" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F480" t="s">
-        <v>403</v>
+        <v>709</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
       <c r="H480" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>86</v>
+        <v>1824</v>
       </c>
       <c r="D481" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E481" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F481" t="s">
-        <v>403</v>
+        <v>45</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="H481" t="s">
-        <v>1822</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>91</v>
+        <v>1828</v>
       </c>
       <c r="D482" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E482" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F482" t="s">
-        <v>403</v>
+        <v>274</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1824</v>
+        <v>1829</v>
       </c>
       <c r="H482" t="s">
-        <v>1825</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1826</v>
+        <v>1831</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>95</v>
+        <v>1832</v>
       </c>
       <c r="D483" t="s">
-        <v>1777</v>
+        <v>707</v>
       </c>
       <c r="E483" t="s">
-        <v>1778</v>
+        <v>708</v>
       </c>
       <c r="F483" t="s">
-        <v>403</v>
+        <v>55</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1827</v>
+        <v>1833</v>
       </c>
       <c r="H483" t="s">
-        <v>1828</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1829</v>
+        <v>1835</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="D484" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E484" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F484" t="s">
         <v>403</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="H484" t="s">
-        <v>1831</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1832</v>
+        <v>1840</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="D485" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E485" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F485" t="s">
         <v>403</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1833</v>
+        <v>1841</v>
       </c>
       <c r="H485" t="s">
-        <v>1834</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1835</v>
+        <v>1843</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>108</v>
+        <v>31</v>
       </c>
       <c r="D486" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E486" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F486" t="s">
         <v>403</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1836</v>
+        <v>1844</v>
       </c>
       <c r="H486" t="s">
-        <v>1837</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1838</v>
+        <v>1846</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="D487" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E487" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F487" t="s">
         <v>403</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1839</v>
+        <v>1847</v>
       </c>
       <c r="H487" t="s">
-        <v>1840</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1841</v>
+        <v>1849</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>117</v>
+        <v>40</v>
       </c>
       <c r="D488" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E488" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F488" t="s">
         <v>403</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1842</v>
+        <v>1850</v>
       </c>
       <c r="H488" t="s">
-        <v>1843</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1844</v>
+        <v>1852</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>121</v>
+        <v>44</v>
       </c>
       <c r="D489" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E489" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F489" t="s">
         <v>403</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1845</v>
+        <v>1853</v>
       </c>
       <c r="H489" t="s">
-        <v>1846</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1847</v>
+        <v>1855</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>125</v>
+        <v>49</v>
       </c>
       <c r="D490" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E490" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F490" t="s">
         <v>403</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1848</v>
+        <v>1856</v>
       </c>
       <c r="H490" t="s">
-        <v>1849</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1850</v>
+        <v>1858</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>129</v>
+        <v>54</v>
       </c>
       <c r="D491" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E491" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F491" t="s">
         <v>403</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1851</v>
+        <v>1859</v>
       </c>
       <c r="H491" t="s">
-        <v>1852</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1853</v>
+        <v>1861</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>133</v>
+        <v>59</v>
       </c>
       <c r="D492" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E492" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F492" t="s">
         <v>403</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1854</v>
+        <v>1862</v>
       </c>
       <c r="H492" t="s">
-        <v>1855</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1856</v>
+        <v>1864</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>137</v>
+        <v>63</v>
       </c>
       <c r="D493" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E493" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F493" t="s">
         <v>403</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1857</v>
+        <v>1865</v>
       </c>
       <c r="H493" t="s">
-        <v>1858</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1859</v>
+        <v>1867</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>141</v>
+        <v>67</v>
       </c>
       <c r="D494" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E494" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F494" t="s">
         <v>403</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1860</v>
+        <v>1868</v>
       </c>
       <c r="H494" t="s">
-        <v>1861</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1862</v>
+        <v>1870</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>145</v>
+        <v>71</v>
       </c>
       <c r="D495" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E495" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F495" t="s">
         <v>403</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1863</v>
+        <v>1871</v>
       </c>
       <c r="H495" t="s">
-        <v>1864</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>149</v>
+        <v>76</v>
       </c>
       <c r="D496" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E496" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F496" t="s">
         <v>403</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1866</v>
+        <v>1874</v>
       </c>
       <c r="H496" t="s">
-        <v>1867</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>154</v>
+        <v>81</v>
       </c>
       <c r="D497" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E497" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F497" t="s">
         <v>403</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1869</v>
+        <v>1877</v>
       </c>
       <c r="H497" t="s">
-        <v>1870</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1871</v>
+        <v>1879</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>158</v>
+        <v>86</v>
       </c>
       <c r="D498" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E498" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F498" t="s">
         <v>403</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1872</v>
+        <v>1880</v>
       </c>
       <c r="H498" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1874</v>
+        <v>1882</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>162</v>
+        <v>91</v>
       </c>
       <c r="D499" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E499" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F499" t="s">
         <v>403</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1875</v>
+        <v>1883</v>
       </c>
       <c r="H499" t="s">
-        <v>1876</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1877</v>
+        <v>1885</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="D500" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E500" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F500" t="s">
         <v>403</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1878</v>
+        <v>1886</v>
       </c>
       <c r="H500" t="s">
-        <v>1879</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1880</v>
+        <v>1888</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>170</v>
+        <v>100</v>
       </c>
       <c r="D501" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E501" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F501" t="s">
         <v>403</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1881</v>
+        <v>1889</v>
       </c>
       <c r="H501" t="s">
-        <v>1882</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1883</v>
+        <v>1891</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>174</v>
+        <v>104</v>
       </c>
       <c r="D502" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E502" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F502" t="s">
         <v>403</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1884</v>
+        <v>1892</v>
       </c>
       <c r="H502" t="s">
-        <v>1885</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1886</v>
+        <v>1894</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>178</v>
+        <v>108</v>
       </c>
       <c r="D503" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E503" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F503" t="s">
         <v>403</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1887</v>
+        <v>1895</v>
       </c>
       <c r="H503" t="s">
-        <v>1888</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1889</v>
+        <v>1897</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>182</v>
+        <v>112</v>
       </c>
       <c r="D504" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E504" t="s">
-        <v>1778</v>
+        <v>1837</v>
+      </c>
+      <c r="F504" t="s">
+        <v>403</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1890</v>
+        <v>1898</v>
       </c>
       <c r="H504" t="s">
-        <v>1891</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1892</v>
+        <v>1900</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>186</v>
+        <v>117</v>
       </c>
       <c r="D505" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E505" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F505" t="s">
         <v>403</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1893</v>
+        <v>1901</v>
       </c>
       <c r="H505" t="s">
-        <v>1894</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1895</v>
+        <v>1903</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>190</v>
+        <v>121</v>
       </c>
       <c r="D506" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E506" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F506" t="s">
         <v>403</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1896</v>
+        <v>1904</v>
       </c>
       <c r="H506" t="s">
-        <v>1897</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1898</v>
+        <v>1906</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>194</v>
+        <v>125</v>
       </c>
       <c r="D507" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E507" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F507" t="s">
         <v>403</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1899</v>
+        <v>1907</v>
       </c>
       <c r="H507" t="s">
-        <v>1900</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1901</v>
+        <v>1909</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>198</v>
+        <v>129</v>
       </c>
       <c r="D508" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E508" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F508" t="s">
         <v>403</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1902</v>
+        <v>1910</v>
       </c>
       <c r="H508" t="s">
-        <v>1903</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1904</v>
+        <v>1912</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>203</v>
+        <v>133</v>
       </c>
       <c r="D509" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E509" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F509" t="s">
         <v>403</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1905</v>
+        <v>1913</v>
       </c>
       <c r="H509" t="s">
-        <v>1906</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>207</v>
+        <v>137</v>
       </c>
       <c r="D510" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E510" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F510" t="s">
         <v>403</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
       <c r="H510" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>212</v>
+        <v>141</v>
       </c>
       <c r="D511" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E511" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F511" t="s">
         <v>403</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="H511" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>217</v>
+        <v>145</v>
       </c>
       <c r="D512" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E512" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F512" t="s">
         <v>403</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="H512" t="s">
-        <v>1915</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>221</v>
+        <v>149</v>
       </c>
       <c r="D513" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E513" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F513" t="s">
         <v>403</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
       <c r="H513" t="s">
-        <v>1918</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>225</v>
+        <v>154</v>
       </c>
       <c r="D514" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E514" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F514" t="s">
         <v>403</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="H514" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>229</v>
+        <v>158</v>
       </c>
       <c r="D515" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E515" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F515" t="s">
         <v>403</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="H515" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1925</v>
+        <v>1933</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>233</v>
+        <v>162</v>
       </c>
       <c r="D516" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E516" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F516" t="s">
         <v>403</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="H516" t="s">
-        <v>1927</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>237</v>
+        <v>166</v>
       </c>
       <c r="D517" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E517" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F517" t="s">
         <v>403</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1929</v>
+        <v>1937</v>
       </c>
       <c r="H517" t="s">
-        <v>1930</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1931</v>
+        <v>1939</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>241</v>
+        <v>170</v>
       </c>
       <c r="D518" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E518" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F518" t="s">
         <v>403</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1932</v>
+        <v>1940</v>
       </c>
       <c r="H518" t="s">
-        <v>1933</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1934</v>
+        <v>1942</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>245</v>
+        <v>174</v>
       </c>
       <c r="D519" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E519" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F519" t="s">
         <v>403</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1935</v>
+        <v>1943</v>
       </c>
       <c r="H519" t="s">
-        <v>1936</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1937</v>
+        <v>1945</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>249</v>
+        <v>178</v>
       </c>
       <c r="D520" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E520" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F520" t="s">
         <v>403</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1938</v>
+        <v>1946</v>
       </c>
       <c r="H520" t="s">
-        <v>1939</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>253</v>
+        <v>182</v>
       </c>
       <c r="D521" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E521" t="s">
-        <v>1778</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>1837</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1941</v>
+        <v>1949</v>
       </c>
       <c r="H521" t="s">
-        <v>1942</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>257</v>
+        <v>186</v>
       </c>
       <c r="D522" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E522" t="s">
-        <v>1778</v>
+        <v>1837</v>
+      </c>
+      <c r="F522" t="s">
+        <v>403</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1944</v>
+        <v>1952</v>
       </c>
       <c r="H522" t="s">
-        <v>1945</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1946</v>
+        <v>1954</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>261</v>
+        <v>190</v>
       </c>
       <c r="D523" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E523" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F523" t="s">
         <v>403</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1947</v>
+        <v>1955</v>
       </c>
       <c r="H523" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1949</v>
+        <v>1957</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>265</v>
+        <v>194</v>
       </c>
       <c r="D524" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E524" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F524" t="s">
         <v>403</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1950</v>
+        <v>1958</v>
       </c>
       <c r="H524" t="s">
-        <v>1951</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1952</v>
+        <v>1960</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>269</v>
+        <v>198</v>
       </c>
       <c r="D525" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E525" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F525" t="s">
         <v>403</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1953</v>
+        <v>1961</v>
       </c>
       <c r="H525" t="s">
-        <v>1954</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1955</v>
+        <v>1963</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>273</v>
+        <v>203</v>
       </c>
       <c r="D526" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E526" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F526" t="s">
         <v>403</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="H526" t="s">
-        <v>1957</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1958</v>
+        <v>1966</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>278</v>
+        <v>207</v>
       </c>
       <c r="D527" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E527" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F527" t="s">
         <v>403</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1959</v>
+        <v>1967</v>
       </c>
       <c r="H527" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>282</v>
+        <v>212</v>
       </c>
       <c r="D528" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E528" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F528" t="s">
         <v>403</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1962</v>
+        <v>1970</v>
       </c>
       <c r="H528" t="s">
-        <v>1963</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>286</v>
+        <v>217</v>
       </c>
       <c r="D529" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E529" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F529" t="s">
         <v>403</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1965</v>
+        <v>1973</v>
       </c>
       <c r="H529" t="s">
-        <v>1966</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1967</v>
+        <v>1975</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>290</v>
+        <v>221</v>
       </c>
       <c r="D530" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E530" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F530" t="s">
         <v>403</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1968</v>
+        <v>1976</v>
       </c>
       <c r="H530" t="s">
-        <v>1969</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1970</v>
+        <v>1978</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>295</v>
+        <v>225</v>
       </c>
       <c r="D531" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E531" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F531" t="s">
         <v>403</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="H531" t="s">
-        <v>1972</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1973</v>
+        <v>1981</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>300</v>
+        <v>229</v>
       </c>
       <c r="D532" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E532" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F532" t="s">
         <v>403</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="H532" t="s">
-        <v>1975</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1976</v>
+        <v>1984</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>304</v>
+        <v>233</v>
       </c>
       <c r="D533" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E533" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F533" t="s">
         <v>403</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1977</v>
+        <v>1985</v>
       </c>
       <c r="H533" t="s">
-        <v>1978</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1979</v>
+        <v>1987</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>308</v>
+        <v>237</v>
       </c>
       <c r="D534" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E534" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F534" t="s">
         <v>403</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1980</v>
+        <v>1988</v>
       </c>
       <c r="H534" t="s">
-        <v>1981</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>312</v>
+        <v>241</v>
       </c>
       <c r="D535" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E535" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F535" t="s">
         <v>403</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="H535" t="s">
-        <v>1984</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1985</v>
+        <v>1993</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>317</v>
+        <v>245</v>
       </c>
       <c r="D536" t="s">
-        <v>1777</v>
+        <v>1836</v>
       </c>
       <c r="E536" t="s">
-        <v>1778</v>
+        <v>1837</v>
       </c>
       <c r="F536" t="s">
         <v>403</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="H536" t="s">
-        <v>1987</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>10</v>
+        <v>249</v>
       </c>
       <c r="D537" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E537" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F537" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="H537" t="s">
-        <v>1780</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>17</v>
+        <v>253</v>
       </c>
       <c r="D538" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E538" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F538" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="H538" t="s">
-        <v>1783</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>31</v>
+        <v>257</v>
       </c>
       <c r="D539" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E539" t="s">
-        <v>1990</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>1837</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="H539" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>36</v>
+        <v>261</v>
       </c>
       <c r="D540" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E540" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F540" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="H540" t="s">
-        <v>1789</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>40</v>
+        <v>265</v>
       </c>
       <c r="D541" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E541" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F541" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="H541" t="s">
-        <v>2001</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>44</v>
+        <v>269</v>
       </c>
       <c r="D542" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E542" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F542" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="H542" t="s">
-        <v>2004</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>49</v>
+        <v>273</v>
       </c>
       <c r="D543" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E543" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F543" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="H543" t="s">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>54</v>
+        <v>278</v>
       </c>
       <c r="D544" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E544" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F544" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="H544" t="s">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>59</v>
+        <v>282</v>
       </c>
       <c r="D545" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E545" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F545" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="H545" t="s">
-        <v>2013</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>63</v>
+        <v>286</v>
       </c>
       <c r="D546" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E546" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F546" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="H546" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>67</v>
+        <v>290</v>
       </c>
       <c r="D547" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E547" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F547" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2018</v>
+        <v>2027</v>
       </c>
       <c r="H547" t="s">
-        <v>2019</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2020</v>
+        <v>2029</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>71</v>
+        <v>295</v>
       </c>
       <c r="D548" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E548" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F548" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2021</v>
+        <v>2030</v>
       </c>
       <c r="H548" t="s">
-        <v>2022</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2023</v>
+        <v>2032</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>76</v>
+        <v>300</v>
       </c>
       <c r="D549" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E549" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F549" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2024</v>
+        <v>2033</v>
       </c>
       <c r="H549" t="s">
-        <v>2025</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2026</v>
+        <v>2035</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>81</v>
+        <v>304</v>
       </c>
       <c r="D550" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E550" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F550" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2027</v>
+        <v>2036</v>
       </c>
       <c r="H550" t="s">
-        <v>2028</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2029</v>
+        <v>2038</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>86</v>
+        <v>308</v>
       </c>
       <c r="D551" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E551" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F551" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2030</v>
+        <v>2039</v>
       </c>
       <c r="H551" t="s">
-        <v>2031</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2032</v>
+        <v>2041</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>91</v>
+        <v>312</v>
       </c>
       <c r="D552" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E552" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F552" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2033</v>
+        <v>2042</v>
       </c>
       <c r="H552" t="s">
-        <v>2034</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2035</v>
+        <v>2044</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>95</v>
+        <v>317</v>
       </c>
       <c r="D553" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E553" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F553" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2036</v>
+        <v>2045</v>
       </c>
       <c r="H553" t="s">
-        <v>2037</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2038</v>
+        <v>2047</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>100</v>
+        <v>322</v>
       </c>
       <c r="D554" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E554" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F554" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2039</v>
+        <v>2048</v>
       </c>
       <c r="H554" t="s">
-        <v>2040</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2041</v>
+        <v>2050</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>104</v>
+        <v>326</v>
       </c>
       <c r="D555" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E555" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F555" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2042</v>
+        <v>2051</v>
       </c>
       <c r="H555" t="s">
-        <v>2043</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2044</v>
+        <v>2053</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>108</v>
+        <v>330</v>
       </c>
       <c r="D556" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E556" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F556" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2045</v>
+        <v>2054</v>
       </c>
       <c r="H556" t="s">
-        <v>2046</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2047</v>
+        <v>2056</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>112</v>
+        <v>334</v>
       </c>
       <c r="D557" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E557" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F557" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2048</v>
+        <v>2057</v>
       </c>
       <c r="H557" t="s">
-        <v>2049</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2050</v>
+        <v>2059</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>117</v>
+        <v>338</v>
       </c>
       <c r="D558" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E558" t="s">
-        <v>1990</v>
+        <v>1837</v>
+      </c>
+      <c r="F558" t="s">
+        <v>403</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2051</v>
+        <v>2060</v>
       </c>
       <c r="H558" t="s">
-        <v>2052</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2053</v>
+        <v>2062</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>121</v>
+        <v>343</v>
       </c>
       <c r="D559" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E559" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F559" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2054</v>
+        <v>2063</v>
       </c>
       <c r="H559" t="s">
-        <v>2055</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2056</v>
+        <v>2065</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>125</v>
+        <v>347</v>
       </c>
       <c r="D560" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E560" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F560" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2057</v>
+        <v>2066</v>
       </c>
       <c r="H560" t="s">
-        <v>2058</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2059</v>
+        <v>2068</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>129</v>
+        <v>351</v>
       </c>
       <c r="D561" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E561" t="s">
-        <v>1990</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>1837</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2060</v>
+        <v>2069</v>
       </c>
       <c r="H561" t="s">
-        <v>2061</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2062</v>
+        <v>2071</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>133</v>
+        <v>355</v>
       </c>
       <c r="D562" t="s">
-        <v>1989</v>
+        <v>1836</v>
       </c>
       <c r="E562" t="s">
-        <v>1990</v>
+        <v>1837</v>
       </c>
       <c r="F562" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2063</v>
+        <v>2072</v>
       </c>
       <c r="H562" t="s">
-        <v>2064</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2065</v>
+        <v>2074</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="D563" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E563" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F563" t="s">
         <v>414</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2066</v>
+        <v>2077</v>
       </c>
       <c r="H563" t="s">
-        <v>2067</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2068</v>
+        <v>2078</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>141</v>
+        <v>17</v>
       </c>
       <c r="D564" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E564" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F564" t="s">
         <v>414</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2069</v>
+        <v>2079</v>
       </c>
       <c r="H564" t="s">
-        <v>2070</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2071</v>
+        <v>2080</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>145</v>
+        <v>31</v>
       </c>
       <c r="D565" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E565" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F565" t="s">
         <v>414</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2072</v>
+        <v>2081</v>
       </c>
       <c r="H565" t="s">
-        <v>2073</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2074</v>
+        <v>2083</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>149</v>
+        <v>36</v>
       </c>
       <c r="D566" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E566" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F566" t="s">
         <v>414</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2075</v>
+        <v>2084</v>
       </c>
       <c r="H566" t="s">
-        <v>2076</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2077</v>
+        <v>2085</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>154</v>
+        <v>40</v>
       </c>
       <c r="D567" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E567" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F567" t="s">
         <v>414</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2078</v>
+        <v>2086</v>
       </c>
       <c r="H567" t="s">
-        <v>2079</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2080</v>
+        <v>2088</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>158</v>
+        <v>44</v>
       </c>
       <c r="D568" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E568" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F568" t="s">
         <v>414</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2081</v>
+        <v>2089</v>
       </c>
       <c r="H568" t="s">
-        <v>2082</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2083</v>
+        <v>2091</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>162</v>
+        <v>49</v>
       </c>
       <c r="D569" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E569" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F569" t="s">
         <v>414</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
       <c r="H569" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>166</v>
+        <v>54</v>
       </c>
       <c r="D570" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E570" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F570" t="s">
         <v>414</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2087</v>
+        <v>2095</v>
       </c>
       <c r="H570" t="s">
-        <v>2088</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2089</v>
+        <v>2097</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="D571" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E571" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F571" t="s">
         <v>414</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2090</v>
+        <v>2098</v>
       </c>
       <c r="H571" t="s">
-        <v>2091</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2092</v>
+        <v>2100</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>174</v>
+        <v>63</v>
       </c>
       <c r="D572" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E572" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F572" t="s">
         <v>414</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2093</v>
+        <v>2101</v>
       </c>
       <c r="H572" t="s">
-        <v>2094</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2095</v>
+        <v>2103</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>178</v>
+        <v>67</v>
       </c>
       <c r="D573" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E573" t="s">
-        <v>1990</v>
+        <v>2076</v>
+      </c>
+      <c r="F573" t="s">
+        <v>414</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2096</v>
+        <v>2104</v>
       </c>
       <c r="H573" t="s">
-        <v>2097</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>2098</v>
+        <v>2106</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>182</v>
+        <v>71</v>
       </c>
       <c r="D574" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E574" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F574" t="s">
         <v>414</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2099</v>
+        <v>2107</v>
       </c>
       <c r="H574" t="s">
-        <v>2100</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2101</v>
+        <v>2109</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>186</v>
+        <v>76</v>
       </c>
       <c r="D575" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E575" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F575" t="s">
         <v>414</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2102</v>
+        <v>2110</v>
       </c>
       <c r="H575" t="s">
-        <v>2103</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2104</v>
+        <v>2112</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>190</v>
+        <v>81</v>
       </c>
       <c r="D576" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E576" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F576" t="s">
         <v>414</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2105</v>
+        <v>2113</v>
       </c>
       <c r="H576" t="s">
-        <v>2106</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2107</v>
+        <v>2115</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>194</v>
+        <v>86</v>
       </c>
       <c r="D577" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E577" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F577" t="s">
         <v>414</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2108</v>
+        <v>2116</v>
       </c>
       <c r="H577" t="s">
-        <v>2109</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2110</v>
+        <v>2118</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>198</v>
+        <v>91</v>
       </c>
       <c r="D578" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E578" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F578" t="s">
         <v>414</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2111</v>
+        <v>2119</v>
       </c>
       <c r="H578" t="s">
-        <v>2112</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2113</v>
+        <v>2121</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>203</v>
+        <v>95</v>
       </c>
       <c r="D579" t="s">
-        <v>1989</v>
+        <v>2075</v>
       </c>
       <c r="E579" t="s">
-        <v>1990</v>
+        <v>2076</v>
       </c>
       <c r="F579" t="s">
         <v>414</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2114</v>
+        <v>2122</v>
       </c>
       <c r="H579" t="s">
-        <v>2115</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2116</v>
+        <v>2124</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="D580" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E580" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F580" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2120</v>
+        <v>2125</v>
       </c>
       <c r="H580" t="s">
-        <v>1783</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="D581" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E581" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F581" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2122</v>
+        <v>2128</v>
       </c>
       <c r="H581" t="s">
-        <v>2001</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2123</v>
+        <v>2130</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>31</v>
+        <v>108</v>
       </c>
       <c r="D582" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E582" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F582" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2124</v>
+        <v>2131</v>
       </c>
       <c r="H582" t="s">
-        <v>2125</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2126</v>
+        <v>2133</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>36</v>
+        <v>112</v>
       </c>
       <c r="D583" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E583" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F583" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2127</v>
+        <v>2134</v>
       </c>
       <c r="H583" t="s">
-        <v>2128</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2129</v>
+        <v>2136</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>40</v>
+        <v>117</v>
       </c>
       <c r="D584" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E584" t="s">
-        <v>2118</v>
-[...2 lines deleted...]
-        <v>2119</v>
+        <v>2076</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>2130</v>
+        <v>2137</v>
       </c>
       <c r="H584" t="s">
-        <v>2131</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>2132</v>
+        <v>2139</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>44</v>
+        <v>121</v>
       </c>
       <c r="D585" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E585" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F585" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2133</v>
+        <v>2140</v>
       </c>
       <c r="H585" t="s">
-        <v>2134</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2135</v>
+        <v>2142</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="D586" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E586" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F586" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2136</v>
+        <v>2143</v>
       </c>
       <c r="H586" t="s">
-        <v>2137</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2138</v>
+        <v>2145</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>54</v>
+        <v>129</v>
       </c>
       <c r="D587" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E587" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F587" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2139</v>
+        <v>2146</v>
       </c>
       <c r="H587" t="s">
-        <v>2140</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2141</v>
+        <v>2148</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="D588" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E588" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F588" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2142</v>
+        <v>2149</v>
       </c>
       <c r="H588" t="s">
-        <v>2143</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2144</v>
+        <v>2151</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>63</v>
+        <v>137</v>
       </c>
       <c r="D589" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E589" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F589" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2145</v>
+        <v>2152</v>
       </c>
       <c r="H589" t="s">
-        <v>2146</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2147</v>
+        <v>2154</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>67</v>
+        <v>141</v>
       </c>
       <c r="D590" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E590" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F590" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2148</v>
+        <v>2155</v>
       </c>
       <c r="H590" t="s">
-        <v>2149</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2150</v>
+        <v>2157</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>71</v>
+        <v>145</v>
       </c>
       <c r="D591" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E591" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F591" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2151</v>
+        <v>2158</v>
       </c>
       <c r="H591" t="s">
-        <v>2152</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2153</v>
+        <v>2160</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>76</v>
+        <v>149</v>
       </c>
       <c r="D592" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E592" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F592" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2154</v>
+        <v>2161</v>
       </c>
       <c r="H592" t="s">
-        <v>2155</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2156</v>
+        <v>2163</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="D593" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E593" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F593" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2157</v>
+        <v>2164</v>
       </c>
       <c r="H593" t="s">
-        <v>2158</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2159</v>
+        <v>2166</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>86</v>
+        <v>158</v>
       </c>
       <c r="D594" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E594" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F594" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2160</v>
+        <v>2167</v>
       </c>
       <c r="H594" t="s">
-        <v>2161</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2162</v>
+        <v>2169</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>91</v>
+        <v>162</v>
       </c>
       <c r="D595" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E595" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F595" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2163</v>
+        <v>2170</v>
       </c>
       <c r="H595" t="s">
-        <v>2164</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2165</v>
+        <v>2172</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>95</v>
+        <v>166</v>
       </c>
       <c r="D596" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E596" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F596" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2166</v>
+        <v>2173</v>
       </c>
       <c r="H596" t="s">
-        <v>2167</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2168</v>
+        <v>2175</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="D597" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E597" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F597" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2169</v>
+        <v>2176</v>
       </c>
       <c r="H597" t="s">
-        <v>2170</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2171</v>
+        <v>2178</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="D598" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E598" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F598" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>2172</v>
+        <v>2179</v>
       </c>
       <c r="H598" t="s">
-        <v>2173</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>2174</v>
+        <v>2181</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>108</v>
+        <v>178</v>
       </c>
       <c r="D599" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E599" t="s">
-        <v>2118</v>
-[...2 lines deleted...]
-        <v>2119</v>
+        <v>2076</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>2175</v>
+        <v>2182</v>
       </c>
       <c r="H599" t="s">
-        <v>2176</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>2177</v>
+        <v>2184</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>112</v>
+        <v>182</v>
       </c>
       <c r="D600" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E600" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F600" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2178</v>
+        <v>2185</v>
       </c>
       <c r="H600" t="s">
-        <v>2179</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2180</v>
+        <v>2187</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>117</v>
+        <v>186</v>
       </c>
       <c r="D601" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E601" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F601" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2181</v>
+        <v>2188</v>
       </c>
       <c r="H601" t="s">
-        <v>2182</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2183</v>
+        <v>2190</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>121</v>
+        <v>190</v>
       </c>
       <c r="D602" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E602" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F602" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2184</v>
+        <v>2191</v>
       </c>
       <c r="H602" t="s">
-        <v>2185</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2186</v>
+        <v>2193</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>125</v>
+        <v>194</v>
       </c>
       <c r="D603" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E603" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F603" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2187</v>
+        <v>2194</v>
       </c>
       <c r="H603" t="s">
-        <v>2188</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2189</v>
+        <v>2196</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>129</v>
+        <v>198</v>
       </c>
       <c r="D604" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E604" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F604" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2190</v>
+        <v>2197</v>
       </c>
       <c r="H604" t="s">
-        <v>2191</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2192</v>
+        <v>2199</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>133</v>
+        <v>203</v>
       </c>
       <c r="D605" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E605" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F605" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>2193</v>
+        <v>2200</v>
       </c>
       <c r="H605" t="s">
-        <v>2194</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2195</v>
+        <v>2202</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>137</v>
+        <v>207</v>
       </c>
       <c r="D606" t="s">
-        <v>2117</v>
+        <v>2075</v>
       </c>
       <c r="E606" t="s">
-        <v>2118</v>
+        <v>2076</v>
       </c>
       <c r="F606" t="s">
-        <v>2119</v>
+        <v>414</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2196</v>
+        <v>2203</v>
       </c>
       <c r="H606" t="s">
-        <v>2197</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2198</v>
+        <v>2205</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>141</v>
+        <v>10</v>
       </c>
       <c r="D607" t="s">
-        <v>2117</v>
+        <v>2206</v>
       </c>
       <c r="E607" t="s">
-        <v>2118</v>
+        <v>2207</v>
       </c>
       <c r="F607" t="s">
-        <v>2119</v>
+        <v>2208</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2199</v>
+        <v>2209</v>
       </c>
       <c r="H607" t="s">
-        <v>2200</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2201</v>
+        <v>2210</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>145</v>
+        <v>17</v>
       </c>
       <c r="D608" t="s">
-        <v>2117</v>
+        <v>2206</v>
       </c>
       <c r="E608" t="s">
-        <v>2118</v>
+        <v>2207</v>
       </c>
       <c r="F608" t="s">
-        <v>2119</v>
+        <v>2208</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2202</v>
+        <v>2211</v>
       </c>
       <c r="H608" t="s">
-        <v>2203</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2204</v>
+        <v>2212</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
       <c r="D609" t="s">
-        <v>2117</v>
+        <v>2206</v>
       </c>
       <c r="E609" t="s">
-        <v>2118</v>
+        <v>2207</v>
       </c>
       <c r="F609" t="s">
-        <v>2119</v>
+        <v>2208</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>2205</v>
+        <v>2213</v>
       </c>
       <c r="H609" t="s">
-        <v>2206</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>36</v>
+      </c>
+      <c r="D610" t="s">
+        <v>2206</v>
+      </c>
+      <c r="E610" t="s">
         <v>2207</v>
       </c>
-      <c r="B610" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F610" t="s">
-        <v>2119</v>
+        <v>2208</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2208</v>
+        <v>2216</v>
       </c>
       <c r="H610" t="s">
-        <v>2209</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2210</v>
+        <v>2218</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="D611" t="s">
-        <v>2117</v>
+        <v>2206</v>
       </c>
       <c r="E611" t="s">
-        <v>2118</v>
+        <v>2207</v>
       </c>
       <c r="F611" t="s">
-        <v>2119</v>
+        <v>2208</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2211</v>
+        <v>2219</v>
       </c>
       <c r="H611" t="s">
-        <v>2212</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2213</v>
+        <v>2221</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>162</v>
+        <v>44</v>
       </c>
       <c r="D612" t="s">
-        <v>2117</v>
+        <v>2206</v>
       </c>
       <c r="E612" t="s">
-        <v>2118</v>
+        <v>2207</v>
       </c>
       <c r="F612" t="s">
-        <v>2119</v>
+        <v>2208</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2214</v>
+        <v>2222</v>
       </c>
       <c r="H612" t="s">
-        <v>2215</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2216</v>
+        <v>2224</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>166</v>
+        <v>49</v>
       </c>
       <c r="D613" t="s">
-        <v>2117</v>
+        <v>2206</v>
       </c>
       <c r="E613" t="s">
-        <v>2118</v>
+        <v>2207</v>
       </c>
       <c r="F613" t="s">
-        <v>2119</v>
+        <v>2208</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2217</v>
+        <v>2225</v>
       </c>
       <c r="H613" t="s">
-        <v>2218</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2219</v>
+        <v>2227</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>170</v>
+        <v>54</v>
       </c>
       <c r="D614" t="s">
-        <v>2117</v>
+        <v>2206</v>
       </c>
       <c r="E614" t="s">
-        <v>2118</v>
+        <v>2207</v>
       </c>
       <c r="F614" t="s">
-        <v>2119</v>
+        <v>2208</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2220</v>
+        <v>2228</v>
       </c>
       <c r="H614" t="s">
-        <v>2221</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>174</v>
+        <v>59</v>
       </c>
       <c r="D615" t="s">
-        <v>2117</v>
+        <v>2206</v>
       </c>
       <c r="E615" t="s">
-        <v>2118</v>
+        <v>2207</v>
       </c>
       <c r="F615" t="s">
-        <v>2119</v>
+        <v>2208</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2223</v>
+        <v>2231</v>
       </c>
       <c r="H615" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2225</v>
+        <v>2233</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="D616" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E616" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F616" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2228</v>
+        <v>2234</v>
       </c>
       <c r="H616" t="s">
-        <v>2229</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2230</v>
+        <v>2236</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="D617" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E617" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F617" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2231</v>
+        <v>2237</v>
       </c>
       <c r="H617" t="s">
-        <v>2232</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2233</v>
+        <v>2239</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="D618" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E618" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F618" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2234</v>
+        <v>2240</v>
       </c>
       <c r="H618" t="s">
-        <v>2232</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2235</v>
+        <v>2242</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="D619" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E619" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F619" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
       <c r="H619" t="s">
-        <v>2237</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2238</v>
+        <v>2245</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>40</v>
+        <v>81</v>
       </c>
       <c r="D620" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E620" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F620" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2239</v>
+        <v>2246</v>
       </c>
       <c r="H620" t="s">
-        <v>2240</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2241</v>
+        <v>2248</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="D621" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E621" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F621" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2242</v>
+        <v>2249</v>
       </c>
       <c r="H621" t="s">
-        <v>2243</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2244</v>
+        <v>2251</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="D622" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E622" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F622" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2245</v>
+        <v>2252</v>
       </c>
       <c r="H622" t="s">
-        <v>2246</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2247</v>
+        <v>2254</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>54</v>
+        <v>95</v>
       </c>
       <c r="D623" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E623" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F623" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2248</v>
+        <v>2255</v>
       </c>
       <c r="H623" t="s">
-        <v>2249</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2250</v>
+        <v>2257</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>59</v>
+        <v>100</v>
       </c>
       <c r="D624" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E624" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F624" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2251</v>
+        <v>2258</v>
       </c>
       <c r="H624" t="s">
-        <v>2252</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2253</v>
+        <v>2260</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="D625" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E625" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F625" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2254</v>
+        <v>2261</v>
       </c>
       <c r="H625" t="s">
-        <v>2255</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2256</v>
+        <v>2263</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>67</v>
+        <v>108</v>
       </c>
       <c r="D626" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E626" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F626" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2257</v>
+        <v>2264</v>
       </c>
       <c r="H626" t="s">
-        <v>2258</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2259</v>
+        <v>2266</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>71</v>
+        <v>112</v>
       </c>
       <c r="D627" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E627" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F627" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2260</v>
+        <v>2267</v>
       </c>
       <c r="H627" t="s">
-        <v>2261</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2262</v>
+        <v>2269</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>76</v>
+        <v>117</v>
       </c>
       <c r="D628" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E628" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F628" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2263</v>
+        <v>2270</v>
       </c>
       <c r="H628" t="s">
-        <v>2264</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2265</v>
+        <v>2272</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>81</v>
+        <v>121</v>
       </c>
       <c r="D629" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E629" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F629" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2266</v>
+        <v>2273</v>
       </c>
       <c r="H629" t="s">
-        <v>2267</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2268</v>
+        <v>2275</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>86</v>
+        <v>125</v>
       </c>
       <c r="D630" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E630" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F630" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2269</v>
+        <v>2276</v>
       </c>
       <c r="H630" t="s">
-        <v>2270</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2271</v>
+        <v>2278</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>91</v>
+        <v>129</v>
       </c>
       <c r="D631" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E631" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F631" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2272</v>
+        <v>2279</v>
       </c>
       <c r="H631" t="s">
-        <v>2273</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2274</v>
+        <v>2281</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="D632" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E632" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F632" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2275</v>
+        <v>2282</v>
       </c>
       <c r="H632" t="s">
-        <v>2276</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2277</v>
+        <v>2284</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="D633" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E633" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F633" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2278</v>
+        <v>2285</v>
       </c>
       <c r="H633" t="s">
-        <v>2279</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2280</v>
+        <v>2287</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>104</v>
+        <v>141</v>
       </c>
       <c r="D634" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E634" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F634" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2281</v>
+        <v>2288</v>
       </c>
       <c r="H634" t="s">
-        <v>2282</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>2283</v>
+        <v>2290</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
-        <v>108</v>
+        <v>145</v>
       </c>
       <c r="D635" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E635" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F635" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2284</v>
+        <v>2291</v>
       </c>
       <c r="H635" t="s">
-        <v>2285</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2286</v>
+        <v>2293</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>112</v>
+        <v>149</v>
       </c>
       <c r="D636" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E636" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F636" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2287</v>
+        <v>2294</v>
       </c>
       <c r="H636" t="s">
-        <v>2288</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2289</v>
+        <v>2296</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>117</v>
+        <v>154</v>
       </c>
       <c r="D637" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E637" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F637" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2290</v>
+        <v>2297</v>
       </c>
       <c r="H637" t="s">
-        <v>2291</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2292</v>
+        <v>2299</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>121</v>
+        <v>158</v>
       </c>
       <c r="D638" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E638" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F638" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2293</v>
+        <v>2300</v>
       </c>
       <c r="H638" t="s">
-        <v>2294</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2295</v>
+        <v>2302</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>125</v>
+        <v>162</v>
       </c>
       <c r="D639" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E639" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F639" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2296</v>
+        <v>2303</v>
       </c>
       <c r="H639" t="s">
-        <v>2297</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2298</v>
+        <v>2305</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>129</v>
+        <v>166</v>
       </c>
       <c r="D640" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E640" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F640" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2299</v>
+        <v>2306</v>
       </c>
       <c r="H640" t="s">
-        <v>2300</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2301</v>
+        <v>2308</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>133</v>
+        <v>170</v>
       </c>
       <c r="D641" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E641" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F641" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2302</v>
+        <v>2309</v>
       </c>
       <c r="H641" t="s">
-        <v>2303</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2304</v>
+        <v>2311</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>137</v>
+        <v>174</v>
       </c>
       <c r="D642" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E642" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F642" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2305</v>
+        <v>2312</v>
       </c>
       <c r="H642" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2307</v>
+        <v>2314</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>141</v>
+        <v>178</v>
       </c>
       <c r="D643" t="s">
-        <v>2226</v>
+        <v>2206</v>
       </c>
       <c r="E643" t="s">
-        <v>2227</v>
+        <v>2207</v>
       </c>
       <c r="F643" t="s">
-        <v>468</v>
+        <v>2208</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2308</v>
+        <v>2315</v>
       </c>
       <c r="H643" t="s">
-        <v>2309</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>10</v>
+        <v>182</v>
       </c>
       <c r="D644" t="s">
-        <v>2311</v>
+        <v>2206</v>
       </c>
       <c r="E644" t="s">
-        <v>2312</v>
+        <v>2207</v>
       </c>
       <c r="F644" t="s">
-        <v>2313</v>
+        <v>2208</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2314</v>
+        <v>2318</v>
       </c>
       <c r="H644" t="s">
-        <v>2315</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2316</v>
+        <v>2320</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
       <c r="D645" t="s">
-        <v>2311</v>
+        <v>2206</v>
       </c>
       <c r="E645" t="s">
-        <v>2312</v>
+        <v>2207</v>
       </c>
       <c r="F645" t="s">
-        <v>2317</v>
+        <v>2208</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2318</v>
+        <v>2321</v>
       </c>
       <c r="H645" t="s">
-        <v>2319</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2320</v>
+        <v>2323</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="D646" t="s">
-        <v>2311</v>
+        <v>2206</v>
       </c>
       <c r="E646" t="s">
-        <v>2312</v>
+        <v>2207</v>
       </c>
       <c r="F646" t="s">
-        <v>2321</v>
+        <v>2208</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="H646" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>36</v>
+        <v>194</v>
       </c>
       <c r="D647" t="s">
-        <v>2311</v>
+        <v>2206</v>
       </c>
       <c r="E647" t="s">
-        <v>2312</v>
+        <v>2207</v>
       </c>
       <c r="F647" t="s">
-        <v>2325</v>
+        <v>2208</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="H647" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>40</v>
+        <v>198</v>
       </c>
       <c r="D648" t="s">
-        <v>2311</v>
+        <v>2206</v>
       </c>
       <c r="E648" t="s">
-        <v>2312</v>
+        <v>2207</v>
       </c>
       <c r="F648" t="s">
-        <v>2329</v>
+        <v>2208</v>
       </c>
       <c r="G648" s="1" t="s">
         <v>2330</v>
       </c>
       <c r="H648" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>2332</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>10</v>
+        <v>203</v>
       </c>
       <c r="D649" t="s">
-        <v>2311</v>
+        <v>2206</v>
       </c>
       <c r="E649" t="s">
+        <v>2207</v>
+      </c>
+      <c r="F649" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G649" s="1" t="s">
         <v>2333</v>
       </c>
-      <c r="F649" t="s">
+      <c r="H649" t="s">
         <v>2334</v>
-      </c>
-[...4 lines deleted...]
-        <v>2336</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>207</v>
+      </c>
+      <c r="D650" t="s">
+        <v>2206</v>
+      </c>
+      <c r="E650" t="s">
+        <v>2207</v>
+      </c>
+      <c r="F650" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H650" t="s">
         <v>2337</v>
-      </c>
-[...19 lines deleted...]
-        <v>2339</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>212</v>
+      </c>
+      <c r="D651" t="s">
+        <v>2206</v>
+      </c>
+      <c r="E651" t="s">
+        <v>2207</v>
+      </c>
+      <c r="F651" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>2339</v>
+      </c>
+      <c r="H651" t="s">
         <v>2340</v>
-      </c>
-[...19 lines deleted...]
-        <v>2344</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>10</v>
+      </c>
+      <c r="D652" t="s">
+        <v>2342</v>
+      </c>
+      <c r="E652" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F652" t="s">
+        <v>468</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H652" t="s">
         <v>2345</v>
-      </c>
-[...19 lines deleted...]
-        <v>2347</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>17</v>
+      </c>
+      <c r="D653" t="s">
+        <v>2342</v>
+      </c>
+      <c r="E653" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F653" t="s">
+        <v>468</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="H653" t="s">
         <v>2348</v>
-      </c>
-[...19 lines deleted...]
-        <v>2350</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2351</v>
+        <v>2349</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D654" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E654" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F654" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2352</v>
+        <v>2350</v>
       </c>
       <c r="H654" t="s">
-        <v>2353</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2354</v>
+        <v>2351</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D655" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E655" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F655" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2355</v>
+        <v>2352</v>
       </c>
       <c r="H655" t="s">
-        <v>2356</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2357</v>
+        <v>2354</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D656" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E656" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F656" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2358</v>
+        <v>2355</v>
       </c>
       <c r="H656" t="s">
-        <v>2359</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2360</v>
+        <v>2357</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D657" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E657" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F657" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2361</v>
+        <v>2358</v>
       </c>
       <c r="H657" t="s">
-        <v>2362</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2363</v>
+        <v>2360</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D658" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E658" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F658" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2364</v>
+        <v>2361</v>
       </c>
       <c r="H658" t="s">
-        <v>2365</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2366</v>
+        <v>2363</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D659" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E659" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F659" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2367</v>
+        <v>2364</v>
       </c>
       <c r="H659" t="s">
-        <v>2368</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2369</v>
+        <v>2366</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D660" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E660" t="s">
-        <v>2342</v>
+        <v>2343</v>
+      </c>
+      <c r="F660" t="s">
+        <v>468</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2370</v>
+        <v>2367</v>
       </c>
       <c r="H660" t="s">
-        <v>2371</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2372</v>
+        <v>2369</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D661" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E661" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F661" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2373</v>
+        <v>2370</v>
       </c>
       <c r="H661" t="s">
-        <v>2374</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2375</v>
+        <v>2372</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D662" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E662" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F662" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2376</v>
+        <v>2373</v>
       </c>
       <c r="H662" t="s">
-        <v>2377</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2378</v>
+        <v>2375</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D663" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E663" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F663" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2379</v>
+        <v>2376</v>
       </c>
       <c r="H663" t="s">
-        <v>2380</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2381</v>
+        <v>2378</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="D664" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E664" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F664" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2382</v>
+        <v>2379</v>
       </c>
       <c r="H664" t="s">
-        <v>2383</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2384</v>
+        <v>2381</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D665" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E665" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F665" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2385</v>
+        <v>2382</v>
       </c>
       <c r="H665" t="s">
-        <v>2386</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2387</v>
+        <v>2384</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D666" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E666" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F666" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2388</v>
+        <v>2385</v>
       </c>
       <c r="H666" t="s">
-        <v>2389</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2390</v>
+        <v>2387</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D667" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E667" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F667" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2391</v>
+        <v>2388</v>
       </c>
       <c r="H667" t="s">
-        <v>2392</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2393</v>
+        <v>2390</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="D668" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E668" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F668" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2394</v>
+        <v>2391</v>
       </c>
       <c r="H668" t="s">
-        <v>2395</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2396</v>
+        <v>2393</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D669" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E669" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F669" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2397</v>
+        <v>2394</v>
       </c>
       <c r="H669" t="s">
-        <v>2398</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2399</v>
+        <v>2396</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D670" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E670" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F670" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2400</v>
+        <v>2397</v>
       </c>
       <c r="H670" t="s">
-        <v>2401</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2402</v>
+        <v>2399</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D671" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E671" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F671" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2403</v>
+        <v>2400</v>
       </c>
       <c r="H671" t="s">
-        <v>2404</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2405</v>
+        <v>2402</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="D672" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E672" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F672" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2406</v>
+        <v>2403</v>
       </c>
       <c r="H672" t="s">
-        <v>2407</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2408</v>
+        <v>2405</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D673" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E673" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F673" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2409</v>
+        <v>2406</v>
       </c>
       <c r="H673" t="s">
-        <v>2410</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2411</v>
+        <v>2408</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D674" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E674" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F674" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2412</v>
+        <v>2409</v>
       </c>
       <c r="H674" t="s">
-        <v>2413</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2414</v>
+        <v>2411</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D675" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E675" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F675" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2415</v>
+        <v>2412</v>
       </c>
       <c r="H675" t="s">
-        <v>2416</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2417</v>
+        <v>2414</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D676" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E676" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F676" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2418</v>
+        <v>2415</v>
       </c>
       <c r="H676" t="s">
-        <v>2419</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2420</v>
+        <v>2417</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D677" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E677" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F677" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2421</v>
+        <v>2418</v>
       </c>
       <c r="H677" t="s">
-        <v>2422</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2423</v>
+        <v>2420</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D678" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E678" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F678" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2424</v>
+        <v>2421</v>
       </c>
       <c r="H678" t="s">
-        <v>2425</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2426</v>
+        <v>2423</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D679" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="E679" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F679" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2427</v>
+        <v>2424</v>
       </c>
       <c r="H679" t="s">
-        <v>2428</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B680" t="s">
+        <v>9</v>
+      </c>
+      <c r="C680" t="s">
+        <v>10</v>
+      </c>
+      <c r="D680" t="s">
+        <v>2427</v>
+      </c>
+      <c r="E680" t="s">
+        <v>2428</v>
+      </c>
+      <c r="F680" t="s">
         <v>2429</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G680" s="1" t="s">
         <v>2430</v>
       </c>
       <c r="H680" t="s">
         <v>2431</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
         <v>2432</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>154</v>
+        <v>17</v>
       </c>
       <c r="D681" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E681" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F681" t="s">
-        <v>32</v>
+        <v>2433</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="H681" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>158</v>
+        <v>31</v>
       </c>
       <c r="D682" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E682" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F682" t="s">
-        <v>32</v>
+        <v>2437</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2436</v>
+        <v>2438</v>
       </c>
       <c r="H682" t="s">
-        <v>2437</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>162</v>
+        <v>36</v>
       </c>
       <c r="D683" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E683" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F683" t="s">
-        <v>32</v>
+        <v>2441</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2439</v>
+        <v>2442</v>
       </c>
       <c r="H683" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2441</v>
+        <v>2444</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>166</v>
+        <v>40</v>
       </c>
       <c r="D684" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E684" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F684" t="s">
-        <v>32</v>
+        <v>2445</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="H684" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2444</v>
+        <v>2448</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>170</v>
+        <v>44</v>
       </c>
       <c r="D685" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E685" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F685" t="s">
-        <v>32</v>
+        <v>2449</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2445</v>
+        <v>2450</v>
       </c>
       <c r="H685" t="s">
-        <v>2446</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2447</v>
+        <v>2452</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>174</v>
+        <v>49</v>
       </c>
       <c r="D686" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E686" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F686" t="s">
-        <v>32</v>
+        <v>2449</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2448</v>
+        <v>2453</v>
       </c>
       <c r="H686" t="s">
-        <v>2449</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2450</v>
+        <v>2455</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>178</v>
+        <v>54</v>
       </c>
       <c r="D687" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E687" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F687" t="s">
-        <v>32</v>
+        <v>2449</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2451</v>
+        <v>2456</v>
       </c>
       <c r="H687" t="s">
-        <v>2452</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2453</v>
+        <v>2458</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>182</v>
+        <v>59</v>
       </c>
       <c r="D688" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E688" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F688" t="s">
-        <v>32</v>
+        <v>2449</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2454</v>
+        <v>2459</v>
       </c>
       <c r="H688" t="s">
-        <v>2455</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2456</v>
+        <v>2461</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>186</v>
+        <v>63</v>
       </c>
       <c r="D689" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E689" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F689" t="s">
-        <v>32</v>
+        <v>2449</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2457</v>
+        <v>2462</v>
       </c>
       <c r="H689" t="s">
-        <v>2458</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2459</v>
+        <v>2464</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>190</v>
+        <v>67</v>
       </c>
       <c r="D690" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E690" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F690" t="s">
-        <v>32</v>
+        <v>2449</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2460</v>
+        <v>2465</v>
       </c>
       <c r="H690" t="s">
-        <v>2461</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2462</v>
+        <v>2467</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>194</v>
+        <v>71</v>
       </c>
       <c r="D691" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E691" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F691" t="s">
-        <v>32</v>
+        <v>2449</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2463</v>
+        <v>2468</v>
       </c>
       <c r="H691" t="s">
-        <v>2464</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2465</v>
+        <v>2470</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>198</v>
+        <v>76</v>
       </c>
       <c r="D692" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E692" t="s">
-        <v>2342</v>
+        <v>2428</v>
       </c>
       <c r="F692" t="s">
-        <v>32</v>
+        <v>2449</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2466</v>
+        <v>2471</v>
       </c>
       <c r="H692" t="s">
-        <v>2467</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2468</v>
+        <v>2473</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>203</v>
+        <v>10</v>
       </c>
       <c r="D693" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E693" t="s">
-        <v>2342</v>
+        <v>2474</v>
       </c>
       <c r="F693" t="s">
-        <v>32</v>
+        <v>2475</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2469</v>
+        <v>2476</v>
       </c>
       <c r="H693" t="s">
-        <v>2470</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2471</v>
+        <v>2478</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>207</v>
+        <v>17</v>
       </c>
       <c r="D694" t="s">
-        <v>2341</v>
+        <v>2427</v>
       </c>
       <c r="E694" t="s">
-        <v>2342</v>
+        <v>2474</v>
       </c>
       <c r="F694" t="s">
-        <v>32</v>
+        <v>2475</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2472</v>
+        <v>2479</v>
       </c>
       <c r="H694" t="s">
-        <v>2473</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2474</v>
+        <v>2481</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>212</v>
+        <v>10</v>
       </c>
       <c r="D695" t="s">
-        <v>2341</v>
+        <v>2482</v>
       </c>
       <c r="E695" t="s">
-        <v>2342</v>
+        <v>2483</v>
       </c>
       <c r="F695" t="s">
         <v>32</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2475</v>
+        <v>2484</v>
       </c>
       <c r="H695" t="s">
-        <v>2476</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2477</v>
+        <v>2486</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>217</v>
+        <v>17</v>
       </c>
       <c r="D696" t="s">
-        <v>2341</v>
+        <v>2482</v>
       </c>
       <c r="E696" t="s">
-        <v>2342</v>
+        <v>2483</v>
       </c>
       <c r="F696" t="s">
         <v>32</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2478</v>
+        <v>2487</v>
       </c>
       <c r="H696" t="s">
-        <v>2479</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2480</v>
+        <v>2489</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>221</v>
+        <v>31</v>
       </c>
       <c r="D697" t="s">
-        <v>2341</v>
+        <v>2482</v>
       </c>
       <c r="E697" t="s">
-        <v>2342</v>
+        <v>2483</v>
       </c>
       <c r="F697" t="s">
         <v>32</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2481</v>
+        <v>2490</v>
       </c>
       <c r="H697" t="s">
-        <v>2482</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
+        <v>36</v>
+      </c>
+      <c r="D698" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E698" t="s">
         <v>2483</v>
-      </c>
-[...10 lines deleted...]
-        <v>2342</v>
       </c>
       <c r="F698" t="s">
         <v>32</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2484</v>
+        <v>2493</v>
       </c>
       <c r="H698" t="s">
-        <v>2485</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2486</v>
+        <v>2495</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>229</v>
+        <v>40</v>
       </c>
       <c r="D699" t="s">
-        <v>2341</v>
+        <v>2482</v>
       </c>
       <c r="E699" t="s">
-        <v>2342</v>
+        <v>2483</v>
       </c>
       <c r="F699" t="s">
         <v>32</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2487</v>
+        <v>2496</v>
       </c>
       <c r="H699" t="s">
-        <v>2488</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2489</v>
+        <v>2498</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>233</v>
+        <v>44</v>
       </c>
       <c r="D700" t="s">
-        <v>2341</v>
+        <v>2482</v>
       </c>
       <c r="E700" t="s">
-        <v>2342</v>
+        <v>2483</v>
       </c>
       <c r="F700" t="s">
         <v>32</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2490</v>
+        <v>2499</v>
       </c>
       <c r="H700" t="s">
-        <v>2491</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2492</v>
+        <v>2501</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>237</v>
+        <v>49</v>
       </c>
       <c r="D701" t="s">
-        <v>2341</v>
+        <v>2482</v>
       </c>
       <c r="E701" t="s">
-        <v>2342</v>
+        <v>2483</v>
       </c>
       <c r="F701" t="s">
         <v>32</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2493</v>
+        <v>2502</v>
       </c>
       <c r="H701" t="s">
-        <v>2494</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2495</v>
+        <v>2504</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>241</v>
+        <v>54</v>
       </c>
       <c r="D702" t="s">
-        <v>2341</v>
+        <v>2482</v>
       </c>
       <c r="E702" t="s">
-        <v>2342</v>
+        <v>2483</v>
       </c>
       <c r="F702" t="s">
         <v>32</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2496</v>
+        <v>2505</v>
       </c>
       <c r="H702" t="s">
-        <v>2497</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2498</v>
+        <v>2507</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>245</v>
+        <v>59</v>
       </c>
       <c r="D703" t="s">
-        <v>2341</v>
+        <v>2482</v>
       </c>
       <c r="E703" t="s">
-        <v>2342</v>
+        <v>2483</v>
       </c>
       <c r="F703" t="s">
         <v>32</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2499</v>
+        <v>2508</v>
       </c>
       <c r="H703" t="s">
-        <v>2500</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2501</v>
+        <v>2510</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>249</v>
+        <v>63</v>
       </c>
       <c r="D704" t="s">
-        <v>2341</v>
+        <v>2482</v>
       </c>
       <c r="E704" t="s">
-        <v>2342</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>2483</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2502</v>
+        <v>2511</v>
       </c>
       <c r="H704" t="s">
-        <v>2503</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2504</v>
+        <v>2513</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D705" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E705" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F705" t="s">
         <v>32</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2507</v>
+        <v>2514</v>
       </c>
       <c r="H705" t="s">
-        <v>2508</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2509</v>
+        <v>2516</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="D706" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E706" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F706" t="s">
         <v>32</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2510</v>
+        <v>2517</v>
       </c>
       <c r="H706" t="s">
-        <v>2511</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2512</v>
+        <v>2519</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="D707" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E707" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F707" t="s">
         <v>32</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2513</v>
+        <v>2520</v>
       </c>
       <c r="H707" t="s">
-        <v>2514</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2515</v>
+        <v>2522</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="D708" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E708" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F708" t="s">
-        <v>2516</v>
+        <v>32</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2517</v>
+        <v>2523</v>
       </c>
       <c r="H708" t="s">
-        <v>2518</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2519</v>
+        <v>2525</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>40</v>
+        <v>86</v>
       </c>
       <c r="D709" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E709" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F709" t="s">
         <v>32</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2520</v>
+        <v>2526</v>
       </c>
       <c r="H709" t="s">
-        <v>2521</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2522</v>
+        <v>2528</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="D710" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E710" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F710" t="s">
         <v>32</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2523</v>
+        <v>2529</v>
       </c>
       <c r="H710" t="s">
-        <v>2524</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2525</v>
+        <v>2531</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="D711" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E711" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F711" t="s">
         <v>32</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2526</v>
+        <v>2532</v>
       </c>
       <c r="H711" t="s">
-        <v>2527</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2528</v>
+        <v>2534</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="D712" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E712" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F712" t="s">
         <v>32</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2529</v>
+        <v>2535</v>
       </c>
       <c r="H712" t="s">
-        <v>2530</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2531</v>
+        <v>2537</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="D713" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E713" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F713" t="s">
         <v>32</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2532</v>
+        <v>2538</v>
       </c>
       <c r="H713" t="s">
-        <v>2533</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2534</v>
+        <v>2540</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="D714" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E714" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F714" t="s">
         <v>32</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2535</v>
+        <v>2541</v>
       </c>
       <c r="H714" t="s">
-        <v>2536</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2537</v>
+        <v>2543</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>67</v>
+        <v>112</v>
       </c>
       <c r="D715" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E715" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F715" t="s">
         <v>32</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2538</v>
+        <v>2544</v>
       </c>
       <c r="H715" t="s">
-        <v>2539</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2540</v>
+        <v>2546</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>71</v>
+        <v>117</v>
       </c>
       <c r="D716" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E716" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F716" t="s">
-        <v>2541</v>
+        <v>32</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2542</v>
+        <v>2547</v>
       </c>
       <c r="H716" t="s">
-        <v>2543</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2544</v>
+        <v>2549</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>76</v>
+        <v>121</v>
       </c>
       <c r="D717" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E717" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F717" t="s">
         <v>32</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2545</v>
+        <v>2550</v>
       </c>
       <c r="H717" t="s">
-        <v>2546</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2547</v>
+        <v>2552</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="D718" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E718" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F718" t="s">
         <v>32</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2548</v>
+        <v>2553</v>
       </c>
       <c r="H718" t="s">
-        <v>2549</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2550</v>
+        <v>2555</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="D719" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E719" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F719" t="s">
-        <v>2551</v>
+        <v>32</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2552</v>
+        <v>2556</v>
       </c>
       <c r="H719" t="s">
-        <v>2553</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2554</v>
+        <v>2558</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>91</v>
+        <v>133</v>
       </c>
       <c r="D720" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E720" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F720" t="s">
-        <v>2555</v>
+        <v>32</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2556</v>
+        <v>2559</v>
       </c>
       <c r="H720" t="s">
-        <v>2557</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2558</v>
+        <v>2561</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>95</v>
+        <v>137</v>
       </c>
       <c r="D721" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E721" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F721" t="s">
-        <v>2559</v>
+        <v>32</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="H721" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="D722" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E722" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F722" t="s">
         <v>32</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="H722" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="D723" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E723" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F723" t="s">
         <v>32</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="H723" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>108</v>
+        <v>149</v>
       </c>
       <c r="D724" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E724" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F724" t="s">
-        <v>2569</v>
+        <v>32</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="H724" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>112</v>
+        <v>154</v>
       </c>
       <c r="D725" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E725" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F725" t="s">
-        <v>2541</v>
+        <v>32</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="H725" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>117</v>
+        <v>158</v>
       </c>
       <c r="D726" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E726" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F726" t="s">
-        <v>2576</v>
+        <v>32</v>
       </c>
       <c r="G726" s="1" t="s">
         <v>2577</v>
       </c>
       <c r="H726" t="s">
         <v>2578</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
         <v>2579</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>121</v>
+        <v>162</v>
       </c>
       <c r="D727" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E727" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F727" t="s">
         <v>32</v>
       </c>
       <c r="G727" s="1" t="s">
         <v>2580</v>
       </c>
       <c r="H727" t="s">
         <v>2581</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
         <v>2582</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>125</v>
+        <v>166</v>
       </c>
       <c r="D728" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E728" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F728" t="s">
+        <v>32</v>
+      </c>
+      <c r="G728" s="1" t="s">
         <v>2583</v>
       </c>
-      <c r="G728" s="1" t="s">
+      <c r="H728" t="s">
         <v>2584</v>
-      </c>
-[...1 lines deleted...]
-        <v>2585</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>170</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E729" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F729" t="s">
+        <v>32</v>
+      </c>
+      <c r="G729" s="1" t="s">
         <v>2586</v>
       </c>
-      <c r="B729" t="s">
-[...11 lines deleted...]
-      <c r="F729" t="s">
+      <c r="H729" t="s">
         <v>2587</v>
-      </c>
-[...4 lines deleted...]
-        <v>2589</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2590</v>
+        <v>2588</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>133</v>
+        <v>174</v>
       </c>
       <c r="D730" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E730" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F730" t="s">
         <v>32</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2591</v>
+        <v>2589</v>
       </c>
       <c r="H730" t="s">
-        <v>2592</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2593</v>
+        <v>2591</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>137</v>
+        <v>178</v>
       </c>
       <c r="D731" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E731" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F731" t="s">
         <v>32</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2594</v>
+        <v>2592</v>
       </c>
       <c r="H731" t="s">
-        <v>2595</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>182</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F732" t="s">
+        <v>32</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H732" t="s">
         <v>2596</v>
-      </c>
-[...19 lines deleted...]
-        <v>2599</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2600</v>
+        <v>2597</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="D733" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E733" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F733" t="s">
-        <v>2597</v>
+        <v>32</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2601</v>
+        <v>2598</v>
       </c>
       <c r="H733" t="s">
-        <v>2602</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2603</v>
+        <v>2600</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="D734" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E734" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F734" t="s">
-        <v>2604</v>
+        <v>32</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2605</v>
+        <v>2601</v>
       </c>
       <c r="H734" t="s">
-        <v>2606</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2607</v>
+        <v>2603</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>154</v>
+        <v>194</v>
       </c>
       <c r="D735" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E735" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F735" t="s">
         <v>32</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2608</v>
+        <v>2604</v>
       </c>
       <c r="H735" t="s">
-        <v>2609</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2610</v>
+        <v>2606</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>158</v>
+        <v>198</v>
       </c>
       <c r="D736" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E736" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F736" t="s">
         <v>32</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2611</v>
+        <v>2607</v>
       </c>
       <c r="H736" t="s">
-        <v>2612</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2613</v>
+        <v>2609</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>162</v>
+        <v>203</v>
       </c>
       <c r="D737" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E737" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F737" t="s">
         <v>32</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2614</v>
+        <v>2610</v>
       </c>
       <c r="H737" t="s">
-        <v>2615</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2616</v>
+        <v>2612</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>166</v>
+        <v>207</v>
       </c>
       <c r="D738" t="s">
-        <v>2505</v>
+        <v>2482</v>
       </c>
       <c r="E738" t="s">
-        <v>2506</v>
+        <v>2483</v>
       </c>
       <c r="F738" t="s">
-        <v>2617</v>
+        <v>32</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2618</v>
+        <v>2613</v>
       </c>
       <c r="H738" t="s">
-        <v>2619</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>212</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F739" t="s">
+        <v>32</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2616</v>
+      </c>
+      <c r="H739" t="s">
+        <v>2617</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>217</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F740" t="s">
+        <v>32</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H740" t="s">
         <v>2620</v>
       </c>
-      <c r="B739" t="s">
-[...2 lines deleted...]
-      <c r="C739" t="s">
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>221</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F741" t="s">
+        <v>32</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="H741" t="s">
+        <v>2623</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>225</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F742" t="s">
+        <v>32</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H742" t="s">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>229</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F743" t="s">
+        <v>32</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="H743" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>233</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F744" t="s">
+        <v>32</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2631</v>
+      </c>
+      <c r="H744" t="s">
+        <v>2632</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>237</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E745" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F745" t="s">
+        <v>32</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="H745" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B746" t="s">
+        <v>9</v>
+      </c>
+      <c r="C746" t="s">
+        <v>241</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E746" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F746" t="s">
+        <v>32</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="H746" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>245</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F747" t="s">
+        <v>32</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H747" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>249</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E748" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F748" t="s">
+        <v>32</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="H748" t="s">
+        <v>2644</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>253</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E749" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F749" t="s">
+        <v>32</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="H749" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>10</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E750" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F750" t="s">
+        <v>32</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="H750" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B751" t="s">
+        <v>9</v>
+      </c>
+      <c r="C751" t="s">
+        <v>17</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E751" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F751" t="s">
+        <v>32</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="H751" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B752" t="s">
+        <v>9</v>
+      </c>
+      <c r="C752" t="s">
+        <v>31</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E752" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F752" t="s">
+        <v>32</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="H752" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="753" spans="1:8">
+      <c r="A753" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B753" t="s">
+        <v>9</v>
+      </c>
+      <c r="C753" t="s">
+        <v>36</v>
+      </c>
+      <c r="D753" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E753" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F753" t="s">
+        <v>2660</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>2661</v>
+      </c>
+      <c r="H753" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="754" spans="1:8">
+      <c r="A754" t="s">
+        <v>2663</v>
+      </c>
+      <c r="B754" t="s">
+        <v>9</v>
+      </c>
+      <c r="C754" t="s">
+        <v>40</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E754" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F754" t="s">
+        <v>32</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H754" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="755" spans="1:8">
+      <c r="A755" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B755" t="s">
+        <v>9</v>
+      </c>
+      <c r="C755" t="s">
+        <v>44</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E755" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F755" t="s">
+        <v>32</v>
+      </c>
+      <c r="G755" s="1" t="s">
+        <v>2667</v>
+      </c>
+      <c r="H755" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="756" spans="1:8">
+      <c r="A756" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
+        <v>49</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F756" t="s">
+        <v>32</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>2670</v>
+      </c>
+      <c r="H756" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="757" spans="1:8">
+      <c r="A757" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B757" t="s">
+        <v>9</v>
+      </c>
+      <c r="C757" t="s">
+        <v>54</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E757" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F757" t="s">
+        <v>32</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>2673</v>
+      </c>
+      <c r="H757" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="758" spans="1:8">
+      <c r="A758" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B758" t="s">
+        <v>9</v>
+      </c>
+      <c r="C758" t="s">
+        <v>59</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E758" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F758" t="s">
+        <v>32</v>
+      </c>
+      <c r="G758" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="H758" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="759" spans="1:8">
+      <c r="A759" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B759" t="s">
+        <v>9</v>
+      </c>
+      <c r="C759" t="s">
+        <v>63</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E759" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F759" t="s">
+        <v>32</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>2679</v>
+      </c>
+      <c r="H759" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="760" spans="1:8">
+      <c r="A760" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B760" t="s">
+        <v>9</v>
+      </c>
+      <c r="C760" t="s">
+        <v>67</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E760" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F760" t="s">
+        <v>32</v>
+      </c>
+      <c r="G760" s="1" t="s">
+        <v>2682</v>
+      </c>
+      <c r="H760" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="761" spans="1:8">
+      <c r="A761" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B761" t="s">
+        <v>9</v>
+      </c>
+      <c r="C761" t="s">
+        <v>71</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F761" t="s">
+        <v>2685</v>
+      </c>
+      <c r="G761" s="1" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H761" t="s">
+        <v>2687</v>
+      </c>
+    </row>
+    <row r="762" spans="1:8">
+      <c r="A762" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B762" t="s">
+        <v>9</v>
+      </c>
+      <c r="C762" t="s">
+        <v>76</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E762" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F762" t="s">
+        <v>32</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>2689</v>
+      </c>
+      <c r="H762" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="763" spans="1:8">
+      <c r="A763" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B763" t="s">
+        <v>9</v>
+      </c>
+      <c r="C763" t="s">
+        <v>81</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F763" t="s">
+        <v>32</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>2692</v>
+      </c>
+      <c r="H763" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="764" spans="1:8">
+      <c r="A764" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>86</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F764" t="s">
+        <v>2695</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H764" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="765" spans="1:8">
+      <c r="A765" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>91</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F765" t="s">
+        <v>2699</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>2700</v>
+      </c>
+      <c r="H765" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="766" spans="1:8">
+      <c r="A766" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B766" t="s">
+        <v>9</v>
+      </c>
+      <c r="C766" t="s">
+        <v>95</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E766" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F766" t="s">
+        <v>2703</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>2704</v>
+      </c>
+      <c r="H766" t="s">
+        <v>2705</v>
+      </c>
+    </row>
+    <row r="767" spans="1:8">
+      <c r="A767" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>100</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F767" t="s">
+        <v>32</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>2707</v>
+      </c>
+      <c r="H767" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="768" spans="1:8">
+      <c r="A768" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>104</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F768" t="s">
+        <v>32</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>2710</v>
+      </c>
+      <c r="H768" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="769" spans="1:8">
+      <c r="A769" t="s">
+        <v>2712</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>108</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F769" t="s">
+        <v>2713</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>2714</v>
+      </c>
+      <c r="H769" t="s">
+        <v>2715</v>
+      </c>
+    </row>
+    <row r="770" spans="1:8">
+      <c r="A770" t="s">
+        <v>2716</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>112</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F770" t="s">
+        <v>2685</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>2717</v>
+      </c>
+      <c r="H770" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>117</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F771" t="s">
+        <v>2720</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>2721</v>
+      </c>
+      <c r="H771" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>121</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F772" t="s">
+        <v>32</v>
+      </c>
+      <c r="G772" s="1" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H772" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="773" spans="1:8">
+      <c r="A773" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>125</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F773" t="s">
+        <v>2727</v>
+      </c>
+      <c r="G773" s="1" t="s">
+        <v>2728</v>
+      </c>
+      <c r="H773" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>129</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F774" t="s">
+        <v>2731</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>2732</v>
+      </c>
+      <c r="H774" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>133</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F775" t="s">
+        <v>32</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="H775" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>137</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F776" t="s">
+        <v>32</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>2738</v>
+      </c>
+      <c r="H776" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>141</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F777" t="s">
+        <v>2741</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>2742</v>
+      </c>
+      <c r="H777" t="s">
+        <v>2743</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>145</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F778" t="s">
+        <v>2741</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>2745</v>
+      </c>
+      <c r="H778" t="s">
+        <v>2746</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>149</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E779" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F779" t="s">
+        <v>2748</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>2749</v>
+      </c>
+      <c r="H779" t="s">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" t="s">
+        <v>2751</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>154</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E780" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F780" t="s">
+        <v>32</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H780" t="s">
+        <v>2753</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>158</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F781" t="s">
+        <v>32</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>2755</v>
+      </c>
+      <c r="H781" t="s">
+        <v>2756</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>162</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F782" t="s">
+        <v>32</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="H782" t="s">
+        <v>2759</v>
+      </c>
+    </row>
+    <row r="783" spans="1:8">
+      <c r="A783" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
+        <v>166</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F783" t="s">
+        <v>2761</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>2762</v>
+      </c>
+      <c r="H783" t="s">
+        <v>2763</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
         <v>170</v>
       </c>
-      <c r="D739" t="s">
-[...12 lines deleted...]
-        <v>2623</v>
+      <c r="D784" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F784" t="s">
+        <v>2765</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>2766</v>
+      </c>
+      <c r="H784" t="s">
+        <v>2767</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>174</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F785" t="s">
+        <v>32</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H785" t="s">
+        <v>2770</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>178</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F786" t="s">
+        <v>2772</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>2773</v>
+      </c>
+      <c r="H786" t="s">
+        <v>2774</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -28186,50 +29858,97 @@
     <hyperlink ref="G715" r:id="rId714"/>
     <hyperlink ref="G716" r:id="rId715"/>
     <hyperlink ref="G717" r:id="rId716"/>
     <hyperlink ref="G718" r:id="rId717"/>
     <hyperlink ref="G719" r:id="rId718"/>
     <hyperlink ref="G720" r:id="rId719"/>
     <hyperlink ref="G721" r:id="rId720"/>
     <hyperlink ref="G722" r:id="rId721"/>
     <hyperlink ref="G723" r:id="rId722"/>
     <hyperlink ref="G724" r:id="rId723"/>
     <hyperlink ref="G725" r:id="rId724"/>
     <hyperlink ref="G726" r:id="rId725"/>
     <hyperlink ref="G727" r:id="rId726"/>
     <hyperlink ref="G728" r:id="rId727"/>
     <hyperlink ref="G729" r:id="rId728"/>
     <hyperlink ref="G730" r:id="rId729"/>
     <hyperlink ref="G731" r:id="rId730"/>
     <hyperlink ref="G732" r:id="rId731"/>
     <hyperlink ref="G733" r:id="rId732"/>
     <hyperlink ref="G734" r:id="rId733"/>
     <hyperlink ref="G735" r:id="rId734"/>
     <hyperlink ref="G736" r:id="rId735"/>
     <hyperlink ref="G737" r:id="rId736"/>
     <hyperlink ref="G738" r:id="rId737"/>
     <hyperlink ref="G739" r:id="rId738"/>
+    <hyperlink ref="G740" r:id="rId739"/>
+    <hyperlink ref="G741" r:id="rId740"/>
+    <hyperlink ref="G742" r:id="rId741"/>
+    <hyperlink ref="G743" r:id="rId742"/>
+    <hyperlink ref="G744" r:id="rId743"/>
+    <hyperlink ref="G745" r:id="rId744"/>
+    <hyperlink ref="G746" r:id="rId745"/>
+    <hyperlink ref="G747" r:id="rId746"/>
+    <hyperlink ref="G748" r:id="rId747"/>
+    <hyperlink ref="G749" r:id="rId748"/>
+    <hyperlink ref="G750" r:id="rId749"/>
+    <hyperlink ref="G751" r:id="rId750"/>
+    <hyperlink ref="G752" r:id="rId751"/>
+    <hyperlink ref="G753" r:id="rId752"/>
+    <hyperlink ref="G754" r:id="rId753"/>
+    <hyperlink ref="G755" r:id="rId754"/>
+    <hyperlink ref="G756" r:id="rId755"/>
+    <hyperlink ref="G757" r:id="rId756"/>
+    <hyperlink ref="G758" r:id="rId757"/>
+    <hyperlink ref="G759" r:id="rId758"/>
+    <hyperlink ref="G760" r:id="rId759"/>
+    <hyperlink ref="G761" r:id="rId760"/>
+    <hyperlink ref="G762" r:id="rId761"/>
+    <hyperlink ref="G763" r:id="rId762"/>
+    <hyperlink ref="G764" r:id="rId763"/>
+    <hyperlink ref="G765" r:id="rId764"/>
+    <hyperlink ref="G766" r:id="rId765"/>
+    <hyperlink ref="G767" r:id="rId766"/>
+    <hyperlink ref="G768" r:id="rId767"/>
+    <hyperlink ref="G769" r:id="rId768"/>
+    <hyperlink ref="G770" r:id="rId769"/>
+    <hyperlink ref="G771" r:id="rId770"/>
+    <hyperlink ref="G772" r:id="rId771"/>
+    <hyperlink ref="G773" r:id="rId772"/>
+    <hyperlink ref="G774" r:id="rId773"/>
+    <hyperlink ref="G775" r:id="rId774"/>
+    <hyperlink ref="G776" r:id="rId775"/>
+    <hyperlink ref="G777" r:id="rId776"/>
+    <hyperlink ref="G778" r:id="rId777"/>
+    <hyperlink ref="G779" r:id="rId778"/>
+    <hyperlink ref="G780" r:id="rId779"/>
+    <hyperlink ref="G781" r:id="rId780"/>
+    <hyperlink ref="G782" r:id="rId781"/>
+    <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>