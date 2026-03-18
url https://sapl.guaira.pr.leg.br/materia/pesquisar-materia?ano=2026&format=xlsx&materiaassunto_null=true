--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -10,458 +10,1556 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1088" uniqueCount="502">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretiva - MD</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2295/projeto_de_lei_n._01.2025.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2295/projeto_de_lei_n._01.2025.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual de 4,5% (quatro vírgula cinco por cento) sobre os vencimentos e auxílio-alimentação dos servidores e empregados públicos do Poder Legislativo Municipal de Guaíra, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>Gileade Gabriel Osti</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2297/projeto_de_lei_n._02.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a LOA 2026 (Lei Municipal 2.446 de 05/12/2025) e ajusta as programações estabelecidas no PPA - Plano Plurianual - 2026 a 2029 (Lei Municipal 2.444 de 05/12/2025) e LDO - Lei de Diretrizes Orçamentárias (Lei Municipal 2.445 de 05/12/2025), para criação de dotação por EXCESSO DE ARRECADAÇÃO para abertura de Crédito Adicional Suplementar no valor de R$ 83.059.170,31 (oitenta e três milhões, cinquenta e nove mil, cento e setenta reais e trinta e um centavos), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2299</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2299/projeto_de_lei_n._03.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a LOA 2026 (Lei Municipal 2.446 de 05/12/2025) e ajusta as programações estabelecidas no PPA - Plano Plurianual - 2026 a 2029 (Lei Municipal 2.444 de 05/12/2025) e LDO - Lei de Diretrizes Orçamentárias (Lei Municipal 2.445 de 05/12/2025), para criação de dotação por redução no valor de R$ 20.000,00 (vinte mil reais), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2301</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2301/projeto_de_lei_n._04.2026.pdf</t>
+  </si>
+  <si>
+    <t>Reajusta em 4,50% o valor real dos vencimentos e dos salários do pessoal ativo, inativo e pensionista do Município de Guaíra.</t>
+  </si>
+  <si>
+    <t>2304</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2304/projeto_de_lei_n._05.2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a proceder repasses financeiros à Associação Assistencial de Guaíra e ao Instituto Hemolab Terezinha Vieira, para execução de consultas e exames especializados destinados aos usuários do Sistema Único de Saúde - SUS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2305</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2305/projeto_de_lei_n._06.2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a efetuar repasse financeiro a entidades filantrópicas prestadoras de serviços ao Sistema Único de Saúde (SUS), com recursos oriundos da Portaria GM/MS nº 6.464, de 30 de dezembro de 2024 e Portaria GM/MS nº 9.760, de 26 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>2306</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2306/projeto_de_lei_n._07.2026.pdf</t>
+  </si>
+  <si>
+    <t>Repõe em 3,9% o valor real dos subsídios mensais do Prefeito, Vice-Prefeito, Procurador Jurídico e dos Secretários do Município de Guaíra, Estado do Paraná.</t>
+  </si>
+  <si>
+    <t>2332</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Gilmar Soares da Fonseca, Adriano Richter, Beto Salamanca, Claudemir Motorista, Givanildo José Tirolti, João Carlos Hartekoff, Keila Marta Francisco, Mirele Paula Cetto Leite, Tereza Camilo</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2332/projeto_de_lei_n._08.2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Selo Municipal de Acessibilidade, estabelece critérios técnicos para sua concessão, cria modalidades de certificação, define procedimentos de avaliação e fiscalização, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2333</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Adriano Richter, Beto Salamanca, Claudemir Motorista, Cristiane Giangarelli, Gilmar Soares da Fonseca, Givanildo José Tirolti, João Carlos Hartekoff, Karina Bach, Keila Marta Francisco, Mirele Paula Cetto Leite, Tereza Camilo</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2333/projeto_de_lei_n._09.2026.pdf</t>
+  </si>
+  <si>
+    <t>Possibilita a conversão do pagamento de multas de trânsito de natureza leve e média, aplicadas pelo Município de Guaíra-PR, em doação de sangue e de medula óssea, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2334</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Keila Marta Francisco, Adriano Richter, Givanildo José Tirolti, Tereza Camilo</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2334/projeto_de_lei_n._10.2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Formando Cidadãos no Município de Guaíra e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2335</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2335/projeto_de_lei_n._11.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera carga horária e atribuições do cargo efetivo de contador e cria o cargo em comissão de Coordenador de Mídias Digitais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2337</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2337/projeto_de_lei_n._12.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Orçamentária anual - LOA 2026 (Lei Municipal 2.446 de 05/12/2025)  e ajusta as programações estabelecidas no PPA - Plano Plurianual – 2026 a 2029 (Lei Municipal 2.444 de 05/12/2025) e LDO - Lei de Diretrizes Orçamentárias (Lei Municipal 2.445 de 05/12/2025), para a criação de dotação por SUPERAVIT no valor de R$ 4.115.200,00 (quatro milhões, cento e quinze mil e duzentos reais), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2339</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Mirele Paula Cetto Leite, Adriano Richter, Beto Salamanca, Cristiane Giangarelli, Gilmar Soares da Fonseca, João Carlos Hartekoff, Karina Bach, Keila Marta Francisco, Tereza Camilo</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2339/projeto_de_lei_n._13.2026.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece medidas protetivas e procedimentos para os casos de violência contra os profissionais da educação no Município de Guaíra, Estado do Paraná, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2341</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2341/projeto_de_lei_n._14.2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o ingresso do Município de Guaíra, Estado do Paraná, ao Consórcio Intermunicipal de Assistência Social do Oeste do Paraná - CIASOP e ratifica o protocolo de intenções, estatuto e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2343</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2343/projeto_de_lei_n._15.2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a ratificar sua participação no Consórcio Intermunicipal para Conservação do Remanescente do Rio Paraná e Áreas de Influência - CORIPA, acrescentando o reingresso do Município de Alto Paraíso e ingresso do Município de Tapira, bem como a alteração de endereço da sede do Consórcio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2350</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2350/projeto_de_lei_n._16.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o pagamento retroativo de anuênios e licenças-prêmio aos agentes público efetivos ativos do Poder Legislativo de Guaíra, Estado do Paraná, correspondentes ao período compreendido entre 28 de maio de 2020 e 31 e dezembro de 2021, conforme Lei Complementar Federal nº. 226/2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2351</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Mirele Paula Cetto Leite, Adriano Richter, Beto Salamanca, Cristiane Giangarelli, Gilmar Soares da Fonseca, Karina Bach, Keila Marta Francisco</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2351/projeto_de_lei_n._17.2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Guaíra, Estado do Paraná, o Programa de Transporte Seguro e Humanizado às Gestantes, Puérperas e Recém-Nascidos atendidos pelo SUS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2355</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2355/projeto_de_lei_n._18.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 2.024 de 26 de setembro de 2017, do Município de Guaíra, Estado do Paraná, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2358</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2358/projeto_de_lei_n._19.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a LOA 2026 (Lei Municipal 2.446 de 05/12/2025) e ajusta as programações estabelecidas no PPA - Plano Plurianual – 2026 a 2029 (Lei Municipal 2.444 de 05/12/2025) e LDO - Lei de Diretrizes Orçamentárias (Lei Municipal 2.445 de 05/12/2025), para a criação de dotação por EXCESSO DE ARRECADAÇÃO para abertura de Crédito Adicional Suplementar no valor de R$ 619.695,33 (seiscentos e dezenove mil, seiscentos e noventa e cinco reais e trinta e três centavos), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2368</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2368/projeto_de_lei_n._20.2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Gratificação por Atividades de Transporte Público Coletivo Urbano e Rural (GATPUR), no âmbito do Município de Guaíra, Estado do Paraná, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2370</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2370/projeto_de_lei_n._21.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Municipal nº 1.933/2015, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2387</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2387/projeto_de_lei_n._22.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Orçamentária Anual - LOA 2026 (Lei Municipal 2.246 de 05/12/2025) e ajusta as programações estabelecidas no PPA - Plano Plurianual - 2026 a 2029 (Lei Municipal 2.444 de 05/12/2025) e LDO - Lei de Diretrizes Orçamentárias (Lei Municipal 2.445 de 05/12/2025), para a criação de dotação por REDUÇÃO no valor de R$ 175.500,00 (cento e setenta e cinco mil e quinhentos reais), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2413</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2413/projeto_de_lei_n._23.2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Acolhimento familiar para a Pessoa Idosa no Município de Guaíra, Estado do Paraná, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2411</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2411/projeto_de_lei_n._24.2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a LOA 2026 (Lei Municipal 2.246 de 05/12/2025) e ajusta as programações estabelecidas no PPA - Plano Plurianual - 2026 a 2029 (Lei Municipal 2.444 de 05/12/2025) e LDO - Lei de Diretrizes Orçamentárias (Lei Municipal 2.445 de 05/12/2025), para criação de dotação por EXCESSO DE ARRECADAÇÃO para abertura de Crédito Especial no valor de R$ 500.000,00 (quinhentos mil reais), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2384</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>CCLJ - Comissão de Constituição, Legislação e Justiça</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2384/projeto_de_decreto_legislativo_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>REJEITA o veto integral do Chefe do Poder Executivo Municipal ao Projeto de Lei nº 070/2025.</t>
+  </si>
+  <si>
+    <t>2328</t>
+  </si>
+  <si>
+    <t>PRES</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2328/projeto_de_resolucao_n_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>Cria o título honorífico de Cidadão Benemérito de Guaíra e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2356</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2356/emenda_n._01.2026_-_pl_11.2026.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta atribuições ao cargo em comissão de Assessor da Procuradoria da Mulher e altera a nomenclatura dos cargos efetivos de Analista Legislativo/Direito e Analista Legislativo/Imprensa.</t>
+  </si>
+  <si>
+    <t>2395</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2395/emenda_n._02.2026_-_pr_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta projeto substitutivo ao Projeto de Resolução nº 01/2026.</t>
+  </si>
+  <si>
+    <t>2326</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Karina Bach, Mirele Paula Cetto Leite</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2326/requerimento_no_01.2026_-_mirele_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Prefeito Municipal relacionadas aos atendimento psicológicos e psiquiátricos prestados pelo Município.</t>
+  </si>
+  <si>
+    <t>2327</t>
+  </si>
+  <si>
+    <t>Gilmar Soares da Fonseca</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2327/requerimento_no_02.2026_-_gilmar.pdf</t>
+  </si>
+  <si>
+    <t>Requer a retirada do Projeto de Lei nº 74/2025 e a sua reapresentação após ajustes ao texto.</t>
+  </si>
+  <si>
+    <t>2345</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2345/requerimento_no_03.2026_-_mirele_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Poder Executivo relativo aos servidores que atuam diretamente na operação de maquinários pesados e veículos oficiais, incluindo o servidor conhecido como "Marcinho da Retro".</t>
+  </si>
+  <si>
+    <t>2378</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2378/requerimento_no_04.2026_-_mirele_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Poder Executivo Municipal sobre a aplicação dos recursos autorizados pela Lei Municipal nº 2.212/2022 que criou dotação de R$ 15.000.000,00 para despesas com ações de infraestrutura, urbanismo e iluminação pública.</t>
+  </si>
+  <si>
+    <t>2379</t>
+  </si>
+  <si>
+    <t>Mirele Paula Cetto Leite</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2379/requerimento_no_05.2026_-_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Poder Executivo Municipal sobre o número total de alunos matriculados na rede municipal de ensino, o número total de professores em atividade, independente da função exercida, qualificação completa dos professores, número total de estagiários da Secretaria Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>2380</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2380/requerimento_no_06.2026_-_mirele_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Poder Executivo Municipal sobre o atendimento realizado no Distrito de Oliveira Castro quanto aos Agentes Comunitário de Saúde, Assistentes Sociais, dinâmica de atendimento desses profissionais, periodicidade de atendimento no distrito e qual a forma de acompanhamento das família e quais serviços são ofertados à população distrital.</t>
+  </si>
+  <si>
+    <t>2419</t>
+  </si>
+  <si>
+    <t>Karina Bach</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2419/requerimento_no_07.2026_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Poder Executivo sobre a oferta e o acesso à Profilaxia Pré-Exposição (PrEP) no Município.</t>
+  </si>
+  <si>
+    <t>2414</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>Beto Salamanca</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2414/001.2026_-_valberto-_congratulacoes_aplausos_aos_professores_de_guaira-pr.doc</t>
+  </si>
+  <si>
+    <t>Manifesta RECONHECIMENTO, APLAUSOS E CONGRATULAÇÕES AOS PROFESSORES DE GUAÍRA – AMG E SECRETARIA DE EDUCAÇÃO, em virtude da relevante contribuição prestada à educação do município, especialmente pelo trabalho dedicado e comprometido desenvolvido no processo de alfabetização das crianças da rede municipal de ensino, que resultou na conquista do Selo Ouro do Compromisso Nacional Criança Alfabetizada, reconhecimento concedido pelo Ministério da Educação.</t>
+  </si>
+  <si>
+    <t>2323</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Claudemir Motorista</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2323/indicacao_no_01.2026_-_claudemir.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizado estudo visando à implantação de cobertura no estacionamento da Unidade de Pronto Atendimento (UPA), destinado aos veículos que permanecem estacionados enquanto aguardam atendimento.</t>
+  </si>
+  <si>
+    <t>2324</t>
+  </si>
+  <si>
+    <t>Keila Marta Francisco</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2324/indicacao_no_02.2026_-_keila.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizado estudo visando à implantação de uma piscina recreativa vertical interativa, do tipo que projeta jatos de água para cima, no Centro Náutico Marinas.</t>
+  </si>
+  <si>
+    <t>2325</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2325/indicacao_no_03.2026_-_claudemir.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja analisada e providenciada a instalação de uma lombada na Rua Bela Vista, nº 566, no bairro BNH.</t>
+  </si>
+  <si>
+    <t>2329</t>
+  </si>
+  <si>
+    <t>Cristiane Giangarelli, Karina Bach, Keila Marta Francisco, Mirele Paula Cetto Leite, Tereza Camilo</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2329/indicacao_no_04.2026_-_claudemir.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja atribuída a denominação “Rua Ana Maria Menel Maravieski” a uma via pública do município, como forma de homenagem póstuma.</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2330/indicacao_no_05.2026_-_gilmar.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja promovida a alteração na redação do artigo 46 da Lei Municipal nº 2.250/2022, no sentido de que o prazo do mandato dos diretores escolares passe a coincidir com o mandato do prefeito municipal.</t>
+  </si>
+  <si>
+    <t>2331</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que sejam promovidas melhorias no sinal de internet sem fio (Wi-Fi), bem como seja realizada a instalação de pontos de energia elétrica para uso da população, tendo em vista a necessidade dos munícipes que fazem uso da área de lazer do Parque do Lago.</t>
+  </si>
+  <si>
+    <t>2338</t>
+  </si>
+  <si>
+    <t>Tereza Camilo</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2338/indicacao_no_07.2026_-_tereza.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a reforma do salão comunitário localizado no Jardim Zeballos, bem como que seja providenciada a pavimentação, por meio de piso adequado, no parquinho existente junto ao referido centro comunitário.</t>
+  </si>
+  <si>
+    <t>2346</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2346/indicacao_no_08.2026_-_gilmar.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja implantada a modalidade de Educação de Jovens e Adultos (EJA) na Escola Municipal Rita Ana de Cássia, localizada na região da Eletrosul.</t>
+  </si>
+  <si>
+    <t>2347</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2347/indicacao_no_09.2026_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que sejam adotadas as medidas para viabilizar a implantação de atendimento veterinário 24 horas, por meio de convênio ou parceria público-privada, destinados a casos de urgência e emergência no Município.</t>
+  </si>
+  <si>
+    <t>2348</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2348/indicacao_no_10.2026_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que sejam adotadas as medidas para que as repartições públicas municipais realizem a extração de cópias de documentos, impressas ou por meio de digitalização, dos munícipes que apresentarem demandas encaminhadas pela Secretaria Municipal de Saúde.</t>
+  </si>
+  <si>
+    <t>2349</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2349/indicacao_no_11.2026_-_beto.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja providenciada a instalação de um depósito coberto ou contêiner no Cemitério da Comunidade de Bela Vista, com a finalidade de abrigar ferramentas, materiais utilizados nos serviços realizados no local.</t>
+  </si>
+  <si>
+    <t>2352</t>
+  </si>
+  <si>
+    <t>Cristiane Giangarelli</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2352/indicacao_no_12.2026_-_cristiane.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a implantação de uma galeria interna de drenagem no campo de futebol da Associação da Vila Rica, tendo em vista que, em períodos de chuva, o local fica constantemente alagado, impossibilitando sua utilização.</t>
+  </si>
+  <si>
+    <t>2360</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2360/indicacao_no_13.2026_-_gilmar.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja estudada a viabilidade de denominar uma via pública deste Município como “Rua OLIVEIRA FERREIRA DA CRUZ" em homenagem póstuma ao saudoso cidadão guairense Senhor Oliveira Ferreira da Cruz e reconhecimento à sua trajetória de vida, trabalho e contribuição à comunidade local.</t>
+  </si>
+  <si>
+    <t>2361</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2361/indicacao_no_14.2026_-_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a construção e implantação de estacionamento exclusivo para motocicletas na Rua Joaquim Dorneles Vargas, em frente à Copagril e empresas localizadas em seu entorno.</t>
+  </si>
+  <si>
+    <t>2362</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2362/indicacao_no_15.2026_-_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizado estudo de viabilidade  para instalação de mesa de tênis de mesa (pingue-pongue) nas Marinas do Município, com o objetivo de ampliar as opções de lazer oferecidas à população.</t>
+  </si>
+  <si>
+    <t>2363</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2363/indicacao_no_16.2026_-_cristiane.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja estudada e viabilizada a construção de um parque sensorial e de lazer inclusivo, destinado a crianças e adolescentes com Transtorno do Espectro Autista (TEA), em praça pública do Município.</t>
+  </si>
+  <si>
+    <t>2364</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2364/indicacao_no_17.2026_-_keila.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja intensificada a fiscalização das empresas de internet e telefonia quanto à remoção de fios, cabos e equipamentos inutilizados ou em desuso instalados nos postes do Município, bem como que sejam notificadas as empresas responsáveis, com estabelecimento de prazo para regularização e aplicação das penalidades cabíveis em caso de descumprimento.</t>
+  </si>
+  <si>
+    <t>2365</t>
+  </si>
+  <si>
+    <t>Givanildo José Tirolti</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2365/indicacao_no_18.2026_-_givanildo.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja viabilizada a implantação de um ponto de ônibus nas proximidades da Cavaqueira e da Rua das Chácaras, no bairro São Domingos.</t>
+  </si>
+  <si>
+    <t>2366</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2366/indicacao_no_19.2026_-_claudemir.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja estudada a possibilidade de implantação de focos de pedestres (semáforos de pedestres) nos semáforos já existentes no Município.</t>
+  </si>
+  <si>
+    <t>2371</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2371/indicacao_no_20.2026_-_gilmar.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja adequada a área localizada no Bairro Eletrosul, entre o Ginásio de Esportes e a Creche Adam Petri, com a instalação de um parquinho infantil.</t>
+  </si>
+  <si>
+    <t>2372</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2372/indicacao_no_21.2026_-_gilmar.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que sejam tomadas as providências necessárias para a implantação de uma academia ao ar livre no Distrito de Bela Vista, no mesmo local onde anteriormente existia uma academia.</t>
+  </si>
+  <si>
+    <t>2373</t>
+  </si>
+  <si>
+    <t>João Carlos Hartekoff</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2373/indicacao_no_22.2026_-_joao.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja viabilizada a implantação de um ponto de ônibus na Avenida Paraná, ao lado do Posto Stop e nas proximidades da Casa Lar.</t>
+  </si>
+  <si>
+    <t>2374</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2374/indicacao_no_23.2026_-_karina_-_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a pavimentação asfáltica em toda a extensão da Avenida José Gomes da Silva, no Distrito de Oliveira Castro, Município de Guaíra/PR.</t>
+  </si>
+  <si>
+    <t>2375</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2375/indicacao_no_24.2026_-_karina_-_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada campanha de conscientização no Distrito de Oliveira Castro acerca dos riscos e da proibição da queima de entulhos, folhas secas e demais resíduos.</t>
+  </si>
+  <si>
+    <t>2376</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja providenciada a instalação de cobertura no portão de entrega das crianças da Escola Municipal Rita de Cássia.</t>
+  </si>
+  <si>
+    <t>2377</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>João Carlos Hartekoff, Keila Marta Francisco</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2377/indicacao_no_26.2026_-_joao_-_keila.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que sejam instalados bancos de pergolado no parque infantil da Praça Duque de Caxias, possibilitando que pais, responsáveis e tutores possam permanecer mais acomodados enquanto acompanham as crianças que utilizam o espaço de lazer.</t>
+  </si>
+  <si>
+    <t>2391</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja elaborado e encaminhado a esta Casa de Leis Projeto de Lei que institui o Programa “Bolsa Universitária Guaíra”, destinado à concessão de auxílio financeiro a estudantes do município matriculados em cursos de graduação presenciais em instituições de ensino superior reconhecidas pelo Ministério da Educação (MEC).</t>
+  </si>
+  <si>
+    <t>2388</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Cristiane Giangarelli, Karina Bach, Mirele Paula Cetto Leite</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2388/indicacao_no_28.2026_-_cristiane_-_karina_-_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a aquisição de televisores interativos para as salas de aula da rede municipal de ensino.</t>
+  </si>
+  <si>
+    <t>2389</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2389/indicacao_no_29.2026_-_cristiane_-_karina_-_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a poda de árvores no Bairro São José, especialmente nas proximidades da Escola Municipal Irmã Maria Leônia.</t>
+  </si>
+  <si>
+    <t>2390</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2390/indicacao_no_30.2026_-_cristiane_-_karina_-_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja disponibilizada às escolas e CMEIs da rede municipal requisição para aquisição de óleo dois tempos e/ou combustível necessário para utilização de sopradores destinados à limpeza dos pátios das unidades escolares.</t>
+  </si>
+  <si>
+    <t>2396</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2396/indicacao_no_31.2026_-_gilmar.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a melhoria da estrutura física do espaço destinado à equoterapia em nosso município, a fim de atender à demanda da comunidade guairense.</t>
+  </si>
+  <si>
+    <t>2397</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2397/indicacao_no_32.2026_-_joao.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que feito os estudos necessários para apresentação de projeto de lei que garanta ao servidor público municipal o direito a folga no dia do seu aniversário.</t>
+  </si>
+  <si>
+    <t>2401</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2401/indicacao_no_33.2026_-_keila.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a atualização das informações referentes aos Conselhos Municipais ativos do Município de Guaíra, na aba "Serviços" do site eletrônico oficial da Prefeitura.</t>
+  </si>
+  <si>
+    <t>2417</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2417/indicacao_no_34.2026_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que sejam adotadas providências urgentes para regularizar a presença de farmacêutico na Unidade de Saúde do Distrito de Bela Vista.</t>
+  </si>
+  <si>
+    <t>2418</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2418/indicacao_no_35.2026_-_karina.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que sejam tomadas providências para viabilizar a construção de um salão comunitário no Distrito de Oliveira Castro, atendendo a uma antiga reinvindicação dos moradores da comunidade.</t>
+  </si>
+  <si>
+    <t>2421</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2421/indicacao_no_36.2026_-_cristiane_e_mirele.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a cobertura da área de lazer localizada no CMEI Maria Aparecida.</t>
+  </si>
+  <si>
+    <t>2422</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizada a implantação de galerias pluviais na Rua Elias R. Muntoreanu, nº 1180, no Jardim Zeballos, Guaíra/PR, a fim de solucionar os recorrentes problemas de alagamento na região.</t>
+  </si>
+  <si>
+    <t>2423</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja realizado estudo de viabilidade para implantação de estacionamento utilizando o canteiro central da Avenida Otávio Tosta da Silva, iniciando na Travessa Bandeirantes e finalizando na Rua Marechal, abrangendo o trecho localizado nos fundos do Colégio Confracarmo, em frente ao Salão Navegantes, à empresa de ônibus Debus e também nas proximidades da Assistência Social (CRAS).</t>
+  </si>
+  <si>
+    <t>2424</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2424/indicacao_no_39.2026_-_keila.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal que seja promovida a reativação do Conselho Municipal Antidrogas - COMAD, instituído pela Lei Municipal nº 1.239, de 29 de agosto de 2003, no Município de Guaíra/PR.</t>
+  </si>
+  <si>
+    <t>2307</t>
+  </si>
+  <si>
+    <t>PCCLJ</t>
+  </si>
+  <si>
+    <t>Parecer Constituição (CCLJ)</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2307/parecer_01.2026_-_pl_04.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 004/2026, de autoria do Poder Executivo, que concede reajuste de 4,5% aos vencimentos dos servidores municipais. Projeto formal e materialmente constitucional. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2308</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2308/parecer_02.2026_-_pl_05.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 05/2026, de auoria do Poder Executivo, que autoriza repasse financeiro à Associação Assistencial de Guaíra e ao Instituto Hemolab Terezinha Vieira. Projeto formal e materialmente constitucional. Atendimento ao Direito à Saúde. Conclusão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2309</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2309/parecer_03.2026_-_pl_06.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 06/2026, de autoria do Poder Executivo, que autoriza repasse financeiro à Associação Assistencial de Guaíra. Projeto formal e materialmente constitucional. Atendimento ao Direito à Saúde. Conclusão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2310</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2310/parecer_04.2026_-_pl_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 001/2026, de autoria da Mesa Diretiva, que concede reajuste de 4,5% aos vencimentos dos servidores do Poder Legislativo. Projeto formal e materialmente constitucional. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2311</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2311/parecer_05.2026_-_pl_07.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 007/2026, de autoria da Mesa Diretiva, que concede reajuste de 3,9% aos subsídios do Prefeito, Vice-Prefeito, Procurador Jurídico e Secretários. Projeto formal e materialmente constitucional. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Constituição, Legislação e Justiça, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2382</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2382/parecer_06.2026_-_mens_55.2026.pdf</t>
+  </si>
+  <si>
+    <t>Veto ao Projeto de Lei nº 070/2025, que altera a Lei Municipal nº 2.250/2022. Veto Político. Ausência de vícios formais no projeto. Alteração legislativa que amplia a autonomia e legitimidade do processo democrático de escolha da direção escolar. Inexistência de interesse público no veto. Decisão unanime da Comissão de Constituição, Legislação e Justiça pela rejeição ao veto.</t>
+  </si>
+  <si>
+    <t>2383</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2383/parecer_07.2026_-_pl_11.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 11/2026. Altera carga horária e atribuições do cargo efetivo de contador. Cria o cargo em comissão de Coordenador de Mídias Sociais. Emenda nº 01/2026. Inclui atribuição no cargo em comissão de Assessor da Procuradoria da Mulher. Altera nomenclatura dos cargos efetivos de Analista Legislativo/Direito e Analista Legislativo/Imprensa. Adequação do cargo de contador as novas tecnologias e legislações. Necessidade de adequação em atenção ao Decreto Federal nº 10.540/2020. Mídias Sociais. Comunicação do Século XXI. Profissionalização dos meios de comunicação da Câmara Municipal de Guaíra. Iniciativa privativa da Mesa Diretiva. Constitucionalidade formal e material. Atendimento ao princípio da legalidade. Voto favorável do relator. Decisão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2385</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2385/parecer_08.2026_-_pl_75.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 75/2025. Permite a eleição de professores com jornada de 20 horas para o cargo de diretor. Competência municipal para legislar sobre a matéria. Artigo 30, I, da Constituição Federal. Artigo 3, VIII, da Lei Federal nº 9.394/1996. Iniciativa parlamentar – possibilidade. Projeto formalmente constitucional. Gestão democrática da educação. Artigo 206, VI, da Constituição Federal. Ampliação do número de pessoas elegíveis para o cargo de diretor. Homenagem à democracia. Projeto materialmente constitucional. Projeto redigido em observância à Lei Complementar nº 95/98. Voto favorável do relator. Decisão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2392</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2392/parecer_09.2026_-_pr_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução nº 01/2026. Voto favorável do relator. Decisão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2393</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2393/parecer_10.2026_-_pl_16.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 016/2026. Autoriza pagamento retroativo dos anuênios e licença-prêmio suspenso pela Lei Complementar Federal nº 173/2020. Autorização de pagamento dada pela Lei Complementar Federal nº 226/2026. Necessário lei do ente local. Iniciativa privativa da Mesa. Possibilidade orçamentária. Projeto formal e materialmente constitucional. Voto favorável do relator. Decisão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2398</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2398/parecer_11.2026_-_pl_09.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 09/2026. Conversão de multas de trânsito leve e média em doação de sangue. Aplicável apenas a multas aplicadas pelo Município. Matéria de interesse local. Complementação da lei federal. Competência legislativa do Município. Artigo 30, I e II, da Constituição Federal e 17, I e II, da Constituição do Estado do Paraná. Direitos fundamental à vida e à saúde. Medida análoga a isenção da taxa de inscrição em concurso público para doador de sangue. Voto favorável do relator. Decisão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2399</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2399/parecer_12.2026_-_pl_15.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 15/2026. Ratifica alteração do Estatuto do Consórcio Intermunicipal para Conservação do Remanescente do Rio Paraná – CORIPA. Matéria de competência legislativa municipal. Artigo 30, I, da Constituição Federal e 17, I, da Constituição do Estado do Paraná. Iniciativa privativa do Prefeito. Voto favorável do relator. Decisão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2400</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2400/parecer_13.2026_-_pl_18.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 18/2026. Altera Lei Municipal nº 2.024/2017. Extingue o cargo em comissão de Superintendente da Guarda Municipal e o transforma em função gratificada. Artigo 30, I, da Constituição Federal e 17, I, da Constituição do Estado do Paraná. Iniciativa privativa do Prefeito. Voto favorável do relator. Decisão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2425</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2425/parecer_14.2026_-_pl_20.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 20/2026. Cria gratificação por atividade de transporte público coletivo urbano e rural. Matéria de competência municipal. Artigo 30, I, da Constituição Federal e 17, I, da Constituição do Estado do Paraná. Iniciativa privativa do Prefeito. Voto favorável do relator. Decisão unânime da Comissão de Constituição, Legislação e Justiça pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2426</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2426/parecer_15.2026_-_pl_21.2026.pdf</t>
+  </si>
+  <si>
+    <t>2316</t>
+  </si>
+  <si>
+    <t>PCOFO</t>
+  </si>
+  <si>
+    <t>Parecer Finanças (CFOF)</t>
+  </si>
+  <si>
+    <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2316/parecer_no_01.2026_-_pl_02.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 002/2026, de autoria do Poder Executivo, que altera a Lei Orçamentária Anual de 2026, a Lei de Diretrizes Orçamentária de 2026 e o Plano Plurianual 2026-2029. Projeto formal e materialmente constitucional. Compatibilidade com a Lei de Responsabilidade Fiscal. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2317</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2317/parecer_no_02.2026_-_pl_03.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 003/2026, de autoria do Poder Executivo, que altera a Lei Orçamentária Anual de 2026, a Lei de Diretrizes Orçamentária de 2026 e o Plano Plurianual 2026-2029. Projeto formal e materialmente constitucional. Compatibilidade com a Lei de Responsabilidade Fiscal. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2318</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2318/parecer_no_03.2026_-_pl_04.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 004/2026, de autoria do Poder Executivo, que concede reajuste de 4,5% aos vencimentos dos servidores municipais. Observância dos limites fiscais. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2319</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2319/parecer_no_04.2026_-_pl_05.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 05/2026, de auoria do Poder Executivo, que autoriza repasse financeiro à Associação Assistencial de Guaíra e ao Instituto Hemolab Terezinha Vieira.  Verbas de origem federal. Pagamento mediante prestação de contas. Conclusão unânime da Comissão de Finanças, Orçamento e Fiscalização pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2320</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2320/parecer_no_05.2026_-_pl_06.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 06/2026, de autoria do Poder Executivo, que autoriza repasse financeiro à Associação Assistencial de Guaíra e ao Instituto Hemolab Terezinha Vieira.  Verbas de origem federal. Pagamento mediante prestação de contas. Conclusão unânime da Comissão de Finanças, Orçamento e Fiscalização pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2321</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2321/parecer_no_06.2026_-_pl_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>2322</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2322/parecer_no_07.2026_-_pl_07.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 007/2026, de autoria da Mesa Diretiva, que concede reajuste de 3,9% aos subsídios do Prefeito, Vice-Prefeito, Procurador Jurídico e Secretários. Recomposição inflacionária. Compatibilidade orçamentária. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2353</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2353/parecer_no_08.2026_-_pl_12.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 012/2026, de autoria do Poder Executivo, que altera a Lei Orçamentária Anual de 2025, a Lei de Diretrizes Orçamentária de 2025 e o Plano Plurianual 2026-2029. Projeto formal e materialmente constitucional. Compatibilidade com a Lei de Responsabilidade Fiscal. Verificado o interesse público na aplicação dos recursos. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2381</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2381/parecer_no_09.2026_-_pl_11.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 011/2026 Altera carga horária e atribuições do cargo efetivo de contador. Cria o cargo em comissão de Coordenador de Mídias Sociais. Emenda nº 01/2026. Inclui atribuição no cargo em comissão de Assessor da Procuradoria da Mulher. Altera nomenclatura dos cargos efetivos de Analista Legislativo/Direito e Analista Legislativo/Imprensa. Estudo de Impacto Orçamentário que demonstra inexistência de risco fiscal. Requisitos da Lei Complementar nº 101/2000 observados. Possibilidade financeira. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2394</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2394/parecer_no_10.2026_-_pl_16.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 016/2026. Pagamento retroativo dos anuênios e licença-prêmio. Lei Complementar Federal nº 226/2026 que exige lei local e disponibilidade orçamentária. Estudo de impacto orçamentário que revela condições financeiras para aprovação do projeto. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2403</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2403/parecer_no_11.2026_-_pl_09.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 09/2026. Conversão de multas de trânsito leve e média em doação de sangue. Ausencia de impacto financeiro significativo. Limite de multas a serem convertida. Incentivo social relevante. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2404</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2404/parecer_no_12.2026_-_pl_18.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 18/2026. Alteração da Lei Municipal nº 2.024/2017. Conversão de cargo em comissão em função gratificada. Estudo de impacto orçamentário que demonstra a viabilidade financeira. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2405</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2405/parecer_no_13.2026_-_pl_19.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 019/2026, de autoria do Poder Executivo, que altera a Lei Orçamentária Anual de 2025, a Lei de Diretrizes Orçamentária de 2025 e o Plano Plurianual 2026-2029. Projeto formal e materialmente constitucional. Compatibilidade com a Lei de Responsabilidade Fiscal. Verificado o interesse público na aplicação dos recursos. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2406</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2406/parecer_no_14.2026_-_pl_22.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 022/2026, de autoria do Poder Executivo, que altera a Lei Orçamentária Anual de 2025, a Lei de Diretrizes Orçamentária de 2025 e o Plano Plurianual 2026-2029. Projeto formal e materialmente constitucional. Compatibilidade com a Lei de Responsabilidade Fiscal. Verificado o interesse público na aplicação dos recursos. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2429</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2429/parecer_no_15.2026_-_pl_20.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 020/2026, de autoria do Poder Executivo, que cria gratificação para motorista do transporte coletivo. Estudo de impacto orçamentário que demonstra compatibilidade com a Lei de Responsabilidade Fiscal. Verificado o interesse público na aplicação dos recursos. Parecer jurídico que não apresentou óbice técnico. Voto da Relatora favorável. Conclusão da Comissão de Finanças, Orçamento e Fiscalização, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2314</t>
+  </si>
+  <si>
+    <t>PCOSP</t>
+  </si>
+  <si>
+    <t>Parecer Obras/Serviços Públicos (COSP)</t>
+  </si>
+  <si>
+    <t>COSP - Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2314/parecer_no_01.2026_-_pl_04.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 004/2026, de autoria do Poder Executivo, que concede reajuste de 4,5% aos vencimentos dos servidores municipais. Projeto formal e materialmente constitucional. Parecer jurídico que não apresentou óbice técnico. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2315</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2315/parecer_no_02.2026_-_pl_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 001/2026, de autoria da Mesa Diretiva, que concede reajuste de 4,5% aos vencimentos dos servidores do Poder Legislativo. Recomposição das perdas inflacionárias. Reajuste razoável. Interesse público observado. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2407</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2407/parecer_no_03.2026_-_pl_15.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 015/2026, Retifica alteração no estatuto do CORIPA. Alteração que não modifica o objetivo do Consórcio. Interesse público observado. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2408</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2408/parecer_no_04.2026_-_pl_18.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 018/2026. Altera cargo da estrutura da Guarda Municipal. Readequação administrativa que não prejudica a segurança. Interesse público observado. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2427</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2427/parecer_no_05.2026_-_pl_20.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 020/2026. Criação de gratificação do Poder Executivo. Adequação remuneratória dos motoristas do transporte público urbano e rural de Guaíra. Interesse público observado. Conclusão da Comissão de Obras, Serviços Públicos, Desenvolvimento Urbano e Meio Ambiente, por unanimidade, pela admissibilidade do projeto.</t>
+  </si>
+  <si>
+    <t>2312</t>
+  </si>
+  <si>
+    <t>PCESA</t>
+  </si>
+  <si>
+    <t>Parecer Educação/Saúde (CESA)</t>
+  </si>
+  <si>
+    <t>CESA - Comissão de Educação, Saúde e Assistência</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2312/parecer_no_01.2026_-_pl_05.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 05/2026, de autoria do Poder Executivo, que autoriza repasse financeiro à Associação Assistencial de Guaíra e ao Instituto Hemolab Terezinha Vieira.  Interesse público observado. Melhora na oferta de serviços de saúde. Conclusão unânime da Comissão de Educação, Saúde e Assistência pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2313</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2313/parecer_no_02.2026_-_pl_06.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 05/2026, de auoria do Poder Executivo, que autoriza repasse financeiro à Associação Assistencial de Guaíra e ao Instituto Hemolab Terezinha Vieira.  Interesse público observado. Melhora na oferta de serviços de saúde. Conclusão unânime da Comissão de Educação, Saúde e Assistência pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2402</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2402/parecer_no_03.2026_-_pl_75.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 75/2025. Altera a Lei Municipal nº 2.250/2022 para possibilitar a eleição de professor com jornada de 20 horas para diretor de escolar. Ampliação dos candidatos. Fortalecimento da gestão democrática.  Interesse público observado. Conclusão unânime da Comissão de Educação, Saúde e Assistência pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2420</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2420/parecer_no_04.2026_-_pr_01.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução nº 01/2026. Cria o título de cidadão benemérito. Estabelece o procedimento legislativo para sua aprovação. Emenda da Comissão de Constituição, Legislação e Justiça. Estabelece rito para indicação de homenagem. Conclusão unânime da Comissão de Educação, Saúde e Assistência pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2428</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2428/parecer_no_05.2026_-_pl_21.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 21/2026. Altera requisitos para concessão do Aluguel Social. Extingue tempo mínimo de domicilio em Guaíra. Critérios baseados na urgência e vulnerabilidade. Homenagem ao princípio da dignidade da pessoa humana e ao direito social à moradia.  Interesse público observado. Voto favorável da relatora. Conclusão unânime da Comissão de Educação, Saúde e Assistência pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2409</t>
+  </si>
+  <si>
+    <t>PCE</t>
+  </si>
+  <si>
+    <t>Parecer de Comissão Especial</t>
+  </si>
+  <si>
+    <t>CEPL14 - Comissão Especial PL 014/2026</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2409/parecer_no_01.2026_-_pl_14.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 14/2026. Autoriza o ingresso do Município no Consórcio Intermunicipal de Assistência Social do Oeste do Paraná – CIASOP. Matéria de interesse local. Competência do Município. Artigo 30, I, da Constituição Federal e 17, I, da Constituição do Estado do Paraná. Iniciativa privativa do Prefeito. Abertura de crédito na Lei Orçamentária Anual. Possibilidade. Consórcio voltado à assistência social. Interesse público observado. Voto favorável do relator. Decisão unânime da Comissão Especial pela aprovação do projeto.</t>
+  </si>
+  <si>
+    <t>2296</t>
+  </si>
+  <si>
+    <t>ME</t>
+  </si>
+  <si>
+    <t>Mensagem do Poder Executivo</t>
+  </si>
+  <si>
     <t>Poder Executivo Municipal - Prefeito</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2297/projeto_de_lei_n._02.2025.pdf</t>
-[...308 lines deleted...]
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2296/mensagem_1.2026.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2296/mensagem_1.2026.pdf</t>
   </si>
   <si>
     <t>Encaminha projeto de lei que autoriza a alteração da Lei Orçamentária Anual (LOA) e a realização de ajustes na Lei de Diretrizes Orçamentárias (LDO) e Lei do Plano Plurianual (PPA).</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2298/mensagem_2.2026.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2298/mensagem_2.2026.pdf</t>
   </si>
   <si>
     <t>Encaminha projeto de lei que solicita autorização para implementar alteração na Lei Orçamentária Anual (LOA) e ajustar as programações estabelecidas no Plano Plurianual (PPA) e na Lei de Diretrizes Orçamentárias (LDO).</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2300/mensagem_3.2026.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2300/mensagem_3.2026.pdf</t>
   </si>
   <si>
     <t>Encaminha projeto de lei referente ao reajuste salarial dos servidores municipais.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2302/mensagem_4.2026.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2302/mensagem_4.2026.pdf</t>
   </si>
   <si>
     <t>Encaminha projeto de lei para autorizar repasses financeiros às entidades que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2303/mensagem_5.2026.pdf</t>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2303/mensagem_5.2026.pdf</t>
   </si>
   <si>
     <t>Encaminha projeto de lei para autorizar repasses financeiros às entidades filantrópicas prestadoras de serviços ao Sistema Único de Saúde (SUS) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2336</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2336/mensagem_6.2026.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta projeto de lei que altera a LOA, LDO e PPA.</t>
+  </si>
+  <si>
+    <t>2340</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2340/mensagem_7.2026.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha projeto de lei que autoriza o ingresso do Município de Guaíra no Consórcio Intermunicipal de Assistência Social do Oeste do Paraná - CIASOP.</t>
+  </si>
+  <si>
+    <t>2342</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2342/mensagem_8.2026.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha projeto de lei que autoriza o Poder Executivo a ratificar a participação do Município no CORIPA.</t>
+  </si>
+  <si>
+    <t>2354</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2354/mensagem_9.2026.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha projeto de lei que altera a Lei Municipal nº 2.024/2017.</t>
+  </si>
+  <si>
+    <t>2357</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2357/mensagem_10.2026.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta projeto de lei que abre crédito adicional e altera LOA, LDO e PPA.</t>
+  </si>
+  <si>
+    <t>2367</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2367/mensagem_11.2026.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha projeto de lei para instituição de gratificação para motoristas do transporte público urbano e rural.</t>
+  </si>
+  <si>
+    <t>2369</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2369/mensagem_12.2026.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha projeto de lei referente ao Programa Aluguel Social.</t>
+  </si>
+  <si>
+    <t>2386</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2386/mensagem_13.2026.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha projeto de lei que altera a LOA, LDO e PPA.</t>
+  </si>
+  <si>
+    <t>2412</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2412/mensagem_14.2026.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta projeto de lei que institui programa de acolhimento familiar para pessoas idosas.</t>
+  </si>
+  <si>
+    <t>2410</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2410/mensagem_15.2026.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta projeto que altera a LOA, LDO e PPA.</t>
+  </si>
+  <si>
+    <t>2344</t>
+  </si>
+  <si>
+    <t>CR</t>
+  </si>
+  <si>
+    <t>Correspondência Recebida</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2344/of_gp_nr_089_2025_-_executivo_-_solicita_plenario_para_audiencia_publica.pdf</t>
+  </si>
+  <si>
+    <t>OF GP NR 089 2026 - Executivo Municipal - Solicita disponibilização do Plenário para realização de audiência pública no dia 26 de fevereiro de 2026, às 16 horas.</t>
+  </si>
+  <si>
+    <t>2359</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2359/of_gp_nr_101_2026_-_executivo_-_resposta_ao_requerimento_n_036-2025.pdf</t>
+  </si>
+  <si>
+    <t>OF GP NR 101 2026 - Executivo Municipal - Resposta ao requerimento n° 036/2025, da Comissão Permanente de Finanças, Orçamento e Fiscalização.</t>
+  </si>
+  <si>
+    <t>2415</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2415/oficio_119.2026.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 119/2026, do Poder Executivo Municipal, em resposta ao Requerimento nº 001/2026.</t>
+  </si>
+  <si>
+    <t>2416</t>
+  </si>
+  <si>
+    <t>http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2416/oficio_124.2026.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 124/2026, do Poder Executivo Municipal, em resposta ao Requerimento nº 003/2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -765,67 +1863,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2295/projeto_de_lei_n._01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2297/projeto_de_lei_n._02.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2299/projeto_de_lei_n._03.2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2301/projeto_de_lei_n._04.2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2304/projeto_de_lei_n._05.2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2305/projeto_de_lei_n._06.2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2306/projeto_de_lei_n._07.2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2326/requerimento_no_01.2026_-_mirele_-_karina.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2323/indicacao_no_01.2026_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2324/indicacao_no_02.2026_-_keila.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2325/indicacao_no_03.2026_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2307/parecer_01.2026_-_pl_04.2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2308/parecer_02.2026_-_pl_05.2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2309/parecer_03.2026_-_pl_06.2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2310/parecer_04.2026_-_pl_01.2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2311/parecer_05.2026_-_pl_07.2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2316/parecer_no_01.2026_-_pl_02.2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2317/parecer_no_02.2026_-_pl_03.2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2318/parecer_no_03.2026_-_pl_04.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2319/parecer_no_04.2026_-_pl_05.2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2320/parecer_no_05.2026_-_pl_06.2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2321/parecer_no_06.2026_-_pl_01.2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2322/parecer_no_07.2026_-_pl_07.2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2314/parecer_no_01.2026_-_pl_04.2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2315/parecer_no_02.2026_-_pl_01.2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2312/parecer_no_01.2026_-_pl_05.2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2313/parecer_no_02.2026_-_pl_06.2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2296/mensagem_1.2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2298/mensagem_2.2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2300/mensagem_3.2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2302/mensagem_4.2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2303/mensagem_5.2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2295/projeto_de_lei_n._01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2297/projeto_de_lei_n._02.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2299/projeto_de_lei_n._03.2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2301/projeto_de_lei_n._04.2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2304/projeto_de_lei_n._05.2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2305/projeto_de_lei_n._06.2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2306/projeto_de_lei_n._07.2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2332/projeto_de_lei_n._08.2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2333/projeto_de_lei_n._09.2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2334/projeto_de_lei_n._10.2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2335/projeto_de_lei_n._11.2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2337/projeto_de_lei_n._12.2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2339/projeto_de_lei_n._13.2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2341/projeto_de_lei_n._14.2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2343/projeto_de_lei_n._15.2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2350/projeto_de_lei_n._16.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2351/projeto_de_lei_n._17.2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2355/projeto_de_lei_n._18.2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2358/projeto_de_lei_n._19.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2368/projeto_de_lei_n._20.2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2370/projeto_de_lei_n._21.2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2387/projeto_de_lei_n._22.2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2413/projeto_de_lei_n._23.2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2411/projeto_de_lei_n._24.2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2384/projeto_de_decreto_legislativo_01.2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2328/projeto_de_resolucao_n_001-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2356/emenda_n._01.2026_-_pl_11.2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2395/emenda_n._02.2026_-_pr_01.2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2326/requerimento_no_01.2026_-_mirele_-_karina.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2327/requerimento_no_02.2026_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2345/requerimento_no_03.2026_-_mirele_-_karina.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2378/requerimento_no_04.2026_-_mirele_-_karina.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2379/requerimento_no_05.2026_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2380/requerimento_no_06.2026_-_mirele_-_karina.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2419/requerimento_no_07.2026_-_karina.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2414/001.2026_-_valberto-_congratulacoes_aplausos_aos_professores_de_guaira-pr.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2323/indicacao_no_01.2026_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2324/indicacao_no_02.2026_-_keila.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2325/indicacao_no_03.2026_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2329/indicacao_no_04.2026_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2330/indicacao_no_05.2026_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2338/indicacao_no_07.2026_-_tereza.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2346/indicacao_no_08.2026_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2347/indicacao_no_09.2026_-_karina.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2348/indicacao_no_10.2026_-_karina.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2349/indicacao_no_11.2026_-_beto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2352/indicacao_no_12.2026_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2360/indicacao_no_13.2026_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2361/indicacao_no_14.2026_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2362/indicacao_no_15.2026_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2363/indicacao_no_16.2026_-_cristiane.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2364/indicacao_no_17.2026_-_keila.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2365/indicacao_no_18.2026_-_givanildo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2366/indicacao_no_19.2026_-_claudemir.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2371/indicacao_no_20.2026_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2372/indicacao_no_21.2026_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2373/indicacao_no_22.2026_-_joao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2374/indicacao_no_23.2026_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2375/indicacao_no_24.2026_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2377/indicacao_no_26.2026_-_joao_-_keila.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2388/indicacao_no_28.2026_-_cristiane_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2389/indicacao_no_29.2026_-_cristiane_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2390/indicacao_no_30.2026_-_cristiane_-_karina_-_mirele.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2396/indicacao_no_31.2026_-_gilmar.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2397/indicacao_no_32.2026_-_joao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2401/indicacao_no_33.2026_-_keila.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2417/indicacao_no_34.2026_-_karina.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2418/indicacao_no_35.2026_-_karina.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2421/indicacao_no_36.2026_-_cristiane_e_mirele.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2424/indicacao_no_39.2026_-_keila.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2307/parecer_01.2026_-_pl_04.2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2308/parecer_02.2026_-_pl_05.2026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2309/parecer_03.2026_-_pl_06.2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2310/parecer_04.2026_-_pl_01.2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2311/parecer_05.2026_-_pl_07.2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2382/parecer_06.2026_-_mens_55.2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2383/parecer_07.2026_-_pl_11.2026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2385/parecer_08.2026_-_pl_75.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2392/parecer_09.2026_-_pr_01.2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2393/parecer_10.2026_-_pl_16.2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2398/parecer_11.2026_-_pl_09.2026.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2399/parecer_12.2026_-_pl_15.2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2400/parecer_13.2026_-_pl_18.2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2425/parecer_14.2026_-_pl_20.2026.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2426/parecer_15.2026_-_pl_21.2026.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2316/parecer_no_01.2026_-_pl_02.2026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2317/parecer_no_02.2026_-_pl_03.2026.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2318/parecer_no_03.2026_-_pl_04.2026.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2319/parecer_no_04.2026_-_pl_05.2026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2320/parecer_no_05.2026_-_pl_06.2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2321/parecer_no_06.2026_-_pl_01.2026.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2322/parecer_no_07.2026_-_pl_07.2026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2353/parecer_no_08.2026_-_pl_12.2026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2381/parecer_no_09.2026_-_pl_11.2026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2394/parecer_no_10.2026_-_pl_16.2026.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2403/parecer_no_11.2026_-_pl_09.2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2404/parecer_no_12.2026_-_pl_18.2026.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2405/parecer_no_13.2026_-_pl_19.2026.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2406/parecer_no_14.2026_-_pl_22.2026.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2429/parecer_no_15.2026_-_pl_20.2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2314/parecer_no_01.2026_-_pl_04.2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2315/parecer_no_02.2026_-_pl_01.2026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2407/parecer_no_03.2026_-_pl_15.2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2408/parecer_no_04.2026_-_pl_18.2026.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2427/parecer_no_05.2026_-_pl_20.2026.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2312/parecer_no_01.2026_-_pl_05.2026.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2313/parecer_no_02.2026_-_pl_06.2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2402/parecer_no_03.2026_-_pl_75.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2420/parecer_no_04.2026_-_pr_01.2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2428/parecer_no_05.2026_-_pl_21.2026.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2409/parecer_no_01.2026_-_pl_14.2026.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2296/mensagem_1.2026.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2298/mensagem_2.2026.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2300/mensagem_3.2026.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2302/mensagem_4.2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2303/mensagem_5.2026.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2336/mensagem_6.2026.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2340/mensagem_7.2026.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2342/mensagem_8.2026.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2354/mensagem_9.2026.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2357/mensagem_10.2026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2367/mensagem_11.2026.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2369/mensagem_12.2026.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2386/mensagem_13.2026.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2412/mensagem_14.2026.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2410/mensagem_15.2026.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2344/of_gp_nr_089_2025_-_executivo_-_solicita_plenario_para_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2359/of_gp_nr_101_2026_-_executivo_-_resposta_ao_requerimento_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2415/oficio_119.2026.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.guaira.pr.leg.br/media/sapl/public/materialegislativa/2026/2416/oficio_124.2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.140625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="80" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="196.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1001,726 +2099,3507 @@
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
         <v>43</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>47</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
         <v>48</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="F10" t="s">
+      <c r="H10" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
         <v>53</v>
       </c>
-      <c r="B11" t="s">
-[...11 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>57</v>
       </c>
-      <c r="B12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H12" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="F13" t="s">
+      <c r="H13" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
         <v>66</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="H17" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H18" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="H19" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="H20" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>26</v>
+        <v>95</v>
       </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H21" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>99</v>
       </c>
       <c r="D22" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="H22" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="H23" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>38</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="H24" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>10</v>
+        <v>111</v>
       </c>
       <c r="D25" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>103</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="H25" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="E26" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="F26" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="H26" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="E27" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="F27" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="H27" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="E28" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="F28" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="H28" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D29" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="E29" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>117</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="H29" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="E30" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="F30" t="s">
-        <v>18</v>
+        <v>136</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>125</v>
+        <v>137</v>
       </c>
       <c r="H30" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D31" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="E31" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="F31" t="s">
-        <v>18</v>
+        <v>140</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>128</v>
+        <v>141</v>
       </c>
       <c r="H31" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>130</v>
+        <v>143</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D32" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="E32" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="F32" t="s">
-        <v>18</v>
+        <v>136</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>131</v>
+        <v>144</v>
       </c>
       <c r="H32" t="s">
-        <v>132</v>
+        <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
+        <v>26</v>
+      </c>
+      <c r="D33" t="s">
+        <v>134</v>
+      </c>
+      <c r="E33" t="s">
+        <v>135</v>
+      </c>
+      <c r="F33" t="s">
+        <v>136</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H33" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>149</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>30</v>
       </c>
-      <c r="D33" t="s">
-[...5 lines deleted...]
-      <c r="F33" t="s">
+      <c r="D34" t="s">
+        <v>134</v>
+      </c>
+      <c r="E34" t="s">
+        <v>135</v>
+      </c>
+      <c r="F34" t="s">
+        <v>150</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H34" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>153</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>34</v>
+      </c>
+      <c r="D35" t="s">
+        <v>134</v>
+      </c>
+      <c r="E35" t="s">
+        <v>135</v>
+      </c>
+      <c r="F35" t="s">
+        <v>136</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H35" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>156</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>38</v>
+      </c>
+      <c r="D36" t="s">
+        <v>134</v>
+      </c>
+      <c r="E36" t="s">
+        <v>135</v>
+      </c>
+      <c r="F36" t="s">
+        <v>157</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H36" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>161</v>
+      </c>
+      <c r="E37" t="s">
+        <v>162</v>
+      </c>
+      <c r="F37" t="s">
+        <v>163</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H37" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>166</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>167</v>
+      </c>
+      <c r="E38" t="s">
+        <v>168</v>
+      </c>
+      <c r="F38" t="s">
+        <v>169</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H38" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>172</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" t="s">
+        <v>167</v>
+      </c>
+      <c r="E39" t="s">
+        <v>168</v>
+      </c>
+      <c r="F39" t="s">
+        <v>173</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H39" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>176</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>22</v>
+      </c>
+      <c r="D40" t="s">
+        <v>167</v>
+      </c>
+      <c r="E40" t="s">
+        <v>168</v>
+      </c>
+      <c r="F40" t="s">
+        <v>169</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H40" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>26</v>
+      </c>
+      <c r="D41" t="s">
+        <v>167</v>
+      </c>
+      <c r="E41" t="s">
+        <v>168</v>
+      </c>
+      <c r="F41" t="s">
+        <v>180</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H41" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>183</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>30</v>
+      </c>
+      <c r="D42" t="s">
+        <v>167</v>
+      </c>
+      <c r="E42" t="s">
+        <v>168</v>
+      </c>
+      <c r="F42" t="s">
+        <v>140</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H42" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>186</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>34</v>
+      </c>
+      <c r="D43" t="s">
+        <v>167</v>
+      </c>
+      <c r="E43" t="s">
+        <v>168</v>
+      </c>
+      <c r="F43" t="s">
+        <v>169</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H43" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>189</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>38</v>
+      </c>
+      <c r="D44" t="s">
+        <v>167</v>
+      </c>
+      <c r="E44" t="s">
+        <v>168</v>
+      </c>
+      <c r="F44" t="s">
+        <v>190</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H44" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>42</v>
+      </c>
+      <c r="D45" t="s">
+        <v>167</v>
+      </c>
+      <c r="E45" t="s">
+        <v>168</v>
+      </c>
+      <c r="F45" t="s">
+        <v>140</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H45" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>47</v>
+      </c>
+      <c r="D46" t="s">
+        <v>167</v>
+      </c>
+      <c r="E46" t="s">
+        <v>168</v>
+      </c>
+      <c r="F46" t="s">
+        <v>157</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H46" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>199</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>52</v>
+      </c>
+      <c r="D47" t="s">
+        <v>167</v>
+      </c>
+      <c r="E47" t="s">
+        <v>168</v>
+      </c>
+      <c r="F47" t="s">
+        <v>157</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H47" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>202</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>57</v>
+      </c>
+      <c r="D48" t="s">
+        <v>167</v>
+      </c>
+      <c r="E48" t="s">
+        <v>168</v>
+      </c>
+      <c r="F48" t="s">
+        <v>163</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H48" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>205</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>61</v>
+      </c>
+      <c r="D49" t="s">
+        <v>167</v>
+      </c>
+      <c r="E49" t="s">
+        <v>168</v>
+      </c>
+      <c r="F49" t="s">
+        <v>206</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H49" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>65</v>
+      </c>
+      <c r="D50" t="s">
+        <v>167</v>
+      </c>
+      <c r="E50" t="s">
+        <v>168</v>
+      </c>
+      <c r="F50" t="s">
+        <v>140</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H50" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>212</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>70</v>
+      </c>
+      <c r="D51" t="s">
+        <v>167</v>
+      </c>
+      <c r="E51" t="s">
+        <v>168</v>
+      </c>
+      <c r="F51" t="s">
+        <v>150</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H51" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>74</v>
+      </c>
+      <c r="D52" t="s">
+        <v>167</v>
+      </c>
+      <c r="E52" t="s">
+        <v>168</v>
+      </c>
+      <c r="F52" t="s">
+        <v>150</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H52" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>218</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>78</v>
+      </c>
+      <c r="D53" t="s">
+        <v>167</v>
+      </c>
+      <c r="E53" t="s">
+        <v>168</v>
+      </c>
+      <c r="F53" t="s">
+        <v>206</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H53" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>82</v>
+      </c>
+      <c r="D54" t="s">
+        <v>167</v>
+      </c>
+      <c r="E54" t="s">
+        <v>168</v>
+      </c>
+      <c r="F54" t="s">
+        <v>173</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H54" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>224</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>87</v>
+      </c>
+      <c r="D55" t="s">
+        <v>167</v>
+      </c>
+      <c r="E55" t="s">
+        <v>168</v>
+      </c>
+      <c r="F55" t="s">
+        <v>225</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H55" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>228</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>91</v>
+      </c>
+      <c r="D56" t="s">
+        <v>167</v>
+      </c>
+      <c r="E56" t="s">
+        <v>168</v>
+      </c>
+      <c r="F56" t="s">
+        <v>169</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H56" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>95</v>
+      </c>
+      <c r="D57" t="s">
+        <v>167</v>
+      </c>
+      <c r="E57" t="s">
+        <v>168</v>
+      </c>
+      <c r="F57" t="s">
+        <v>140</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H57" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>234</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>99</v>
+      </c>
+      <c r="D58" t="s">
+        <v>167</v>
+      </c>
+      <c r="E58" t="s">
+        <v>168</v>
+      </c>
+      <c r="F58" t="s">
+        <v>140</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H58" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>237</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>103</v>
+      </c>
+      <c r="D59" t="s">
+        <v>167</v>
+      </c>
+      <c r="E59" t="s">
+        <v>168</v>
+      </c>
+      <c r="F59" t="s">
+        <v>238</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H59" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>241</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>107</v>
+      </c>
+      <c r="D60" t="s">
+        <v>167</v>
+      </c>
+      <c r="E60" t="s">
+        <v>168</v>
+      </c>
+      <c r="F60" t="s">
+        <v>136</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="H60" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>244</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>111</v>
+      </c>
+      <c r="D61" t="s">
+        <v>167</v>
+      </c>
+      <c r="E61" t="s">
+        <v>168</v>
+      </c>
+      <c r="F61" t="s">
+        <v>136</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H61" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>247</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>248</v>
+      </c>
+      <c r="D62" t="s">
+        <v>167</v>
+      </c>
+      <c r="E62" t="s">
+        <v>168</v>
+      </c>
+      <c r="F62" t="s">
+        <v>169</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H62" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>250</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>251</v>
+      </c>
+      <c r="D63" t="s">
+        <v>167</v>
+      </c>
+      <c r="E63" t="s">
+        <v>168</v>
+      </c>
+      <c r="F63" t="s">
+        <v>252</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H63" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>255</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>256</v>
+      </c>
+      <c r="D64" t="s">
+        <v>167</v>
+      </c>
+      <c r="E64" t="s">
+        <v>168</v>
+      </c>
+      <c r="F64" t="s">
+        <v>48</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H64" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>258</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>259</v>
+      </c>
+      <c r="D65" t="s">
+        <v>167</v>
+      </c>
+      <c r="E65" t="s">
+        <v>168</v>
+      </c>
+      <c r="F65" t="s">
+        <v>260</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H65" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>263</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>264</v>
+      </c>
+      <c r="D66" t="s">
+        <v>167</v>
+      </c>
+      <c r="E66" t="s">
+        <v>168</v>
+      </c>
+      <c r="F66" t="s">
+        <v>260</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H66" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>267</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>268</v>
+      </c>
+      <c r="D67" t="s">
+        <v>167</v>
+      </c>
+      <c r="E67" t="s">
+        <v>168</v>
+      </c>
+      <c r="F67" t="s">
+        <v>260</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H67" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>272</v>
+      </c>
+      <c r="D68" t="s">
+        <v>167</v>
+      </c>
+      <c r="E68" t="s">
+        <v>168</v>
+      </c>
+      <c r="F68" t="s">
+        <v>140</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H68" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>275</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>276</v>
+      </c>
+      <c r="D69" t="s">
+        <v>167</v>
+      </c>
+      <c r="E69" t="s">
+        <v>168</v>
+      </c>
+      <c r="F69" t="s">
+        <v>238</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H69" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>279</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>280</v>
+      </c>
+      <c r="D70" t="s">
+        <v>167</v>
+      </c>
+      <c r="E70" t="s">
+        <v>168</v>
+      </c>
+      <c r="F70" t="s">
+        <v>173</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H70" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>284</v>
+      </c>
+      <c r="D71" t="s">
+        <v>167</v>
+      </c>
+      <c r="E71" t="s">
+        <v>168</v>
+      </c>
+      <c r="F71" t="s">
+        <v>157</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H71" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>287</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>288</v>
+      </c>
+      <c r="D72" t="s">
+        <v>167</v>
+      </c>
+      <c r="E72" t="s">
+        <v>168</v>
+      </c>
+      <c r="F72" t="s">
+        <v>157</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H72" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>291</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>292</v>
+      </c>
+      <c r="D73" t="s">
+        <v>167</v>
+      </c>
+      <c r="E73" t="s">
+        <v>168</v>
+      </c>
+      <c r="F73" t="s">
+        <v>206</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H73" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>295</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>296</v>
+      </c>
+      <c r="D74" t="s">
+        <v>167</v>
+      </c>
+      <c r="E74" t="s">
+        <v>168</v>
+      </c>
+      <c r="F74" t="s">
+        <v>140</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H74" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>298</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>299</v>
+      </c>
+      <c r="D75" t="s">
+        <v>167</v>
+      </c>
+      <c r="E75" t="s">
+        <v>168</v>
+      </c>
+      <c r="F75" t="s">
+        <v>140</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H75" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>301</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>302</v>
+      </c>
+      <c r="D76" t="s">
+        <v>167</v>
+      </c>
+      <c r="E76" t="s">
+        <v>168</v>
+      </c>
+      <c r="F76" t="s">
+        <v>173</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H76" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>305</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>10</v>
+      </c>
+      <c r="D77" t="s">
+        <v>306</v>
+      </c>
+      <c r="E77" t="s">
+        <v>307</v>
+      </c>
+      <c r="F77" t="s">
+        <v>117</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H77" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>310</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" t="s">
+        <v>306</v>
+      </c>
+      <c r="E78" t="s">
+        <v>307</v>
+      </c>
+      <c r="F78" t="s">
+        <v>117</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H78" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>313</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>22</v>
+      </c>
+      <c r="D79" t="s">
+        <v>306</v>
+      </c>
+      <c r="E79" t="s">
+        <v>307</v>
+      </c>
+      <c r="F79" t="s">
+        <v>117</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H79" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>316</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>26</v>
+      </c>
+      <c r="D80" t="s">
+        <v>306</v>
+      </c>
+      <c r="E80" t="s">
+        <v>307</v>
+      </c>
+      <c r="F80" t="s">
+        <v>117</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H80" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>319</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>30</v>
+      </c>
+      <c r="D81" t="s">
+        <v>306</v>
+      </c>
+      <c r="E81" t="s">
+        <v>307</v>
+      </c>
+      <c r="F81" t="s">
+        <v>117</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H81" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>322</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>34</v>
+      </c>
+      <c r="D82" t="s">
+        <v>306</v>
+      </c>
+      <c r="E82" t="s">
+        <v>307</v>
+      </c>
+      <c r="F82" t="s">
+        <v>117</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H82" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>325</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>38</v>
+      </c>
+      <c r="D83" t="s">
+        <v>306</v>
+      </c>
+      <c r="E83" t="s">
+        <v>307</v>
+      </c>
+      <c r="F83" t="s">
+        <v>117</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="H83" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>328</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>42</v>
+      </c>
+      <c r="D84" t="s">
+        <v>306</v>
+      </c>
+      <c r="E84" t="s">
+        <v>307</v>
+      </c>
+      <c r="F84" t="s">
+        <v>117</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H84" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>331</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>47</v>
+      </c>
+      <c r="D85" t="s">
+        <v>306</v>
+      </c>
+      <c r="E85" t="s">
+        <v>307</v>
+      </c>
+      <c r="F85" t="s">
+        <v>117</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H85" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>334</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>52</v>
+      </c>
+      <c r="D86" t="s">
+        <v>306</v>
+      </c>
+      <c r="E86" t="s">
+        <v>307</v>
+      </c>
+      <c r="F86" t="s">
+        <v>117</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H86" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>337</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>57</v>
+      </c>
+      <c r="D87" t="s">
+        <v>306</v>
+      </c>
+      <c r="E87" t="s">
+        <v>307</v>
+      </c>
+      <c r="F87" t="s">
+        <v>117</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H87" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>340</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>61</v>
+      </c>
+      <c r="D88" t="s">
+        <v>306</v>
+      </c>
+      <c r="E88" t="s">
+        <v>307</v>
+      </c>
+      <c r="F88" t="s">
+        <v>117</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H88" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>343</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>65</v>
+      </c>
+      <c r="D89" t="s">
+        <v>306</v>
+      </c>
+      <c r="E89" t="s">
+        <v>307</v>
+      </c>
+      <c r="F89" t="s">
+        <v>117</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H89" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>346</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>70</v>
+      </c>
+      <c r="D90" t="s">
+        <v>306</v>
+      </c>
+      <c r="E90" t="s">
+        <v>307</v>
+      </c>
+      <c r="F90" t="s">
+        <v>117</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H90" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>349</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>74</v>
+      </c>
+      <c r="D91" t="s">
+        <v>306</v>
+      </c>
+      <c r="E91" t="s">
+        <v>307</v>
+      </c>
+      <c r="F91" t="s">
+        <v>117</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H91" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>351</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>10</v>
+      </c>
+      <c r="D92" t="s">
+        <v>352</v>
+      </c>
+      <c r="E92" t="s">
+        <v>353</v>
+      </c>
+      <c r="F92" t="s">
+        <v>354</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H92" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>357</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>17</v>
+      </c>
+      <c r="D93" t="s">
+        <v>352</v>
+      </c>
+      <c r="E93" t="s">
+        <v>353</v>
+      </c>
+      <c r="F93" t="s">
+        <v>354</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="H93" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>360</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>22</v>
+      </c>
+      <c r="D94" t="s">
+        <v>352</v>
+      </c>
+      <c r="E94" t="s">
+        <v>353</v>
+      </c>
+      <c r="F94" t="s">
+        <v>354</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H94" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>363</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>26</v>
+      </c>
+      <c r="D95" t="s">
+        <v>352</v>
+      </c>
+      <c r="E95" t="s">
+        <v>353</v>
+      </c>
+      <c r="F95" t="s">
+        <v>354</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H95" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>366</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>30</v>
+      </c>
+      <c r="D96" t="s">
+        <v>352</v>
+      </c>
+      <c r="E96" t="s">
+        <v>353</v>
+      </c>
+      <c r="F96" t="s">
+        <v>354</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H96" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>369</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>34</v>
+      </c>
+      <c r="D97" t="s">
+        <v>352</v>
+      </c>
+      <c r="E97" t="s">
+        <v>353</v>
+      </c>
+      <c r="F97" t="s">
+        <v>354</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H97" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>371</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>38</v>
+      </c>
+      <c r="D98" t="s">
+        <v>352</v>
+      </c>
+      <c r="E98" t="s">
+        <v>353</v>
+      </c>
+      <c r="F98" t="s">
+        <v>354</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H98" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>374</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>42</v>
+      </c>
+      <c r="D99" t="s">
+        <v>352</v>
+      </c>
+      <c r="E99" t="s">
+        <v>353</v>
+      </c>
+      <c r="F99" t="s">
+        <v>354</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H99" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>377</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>47</v>
+      </c>
+      <c r="D100" t="s">
+        <v>352</v>
+      </c>
+      <c r="E100" t="s">
+        <v>353</v>
+      </c>
+      <c r="F100" t="s">
+        <v>354</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H100" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>380</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>52</v>
+      </c>
+      <c r="D101" t="s">
+        <v>352</v>
+      </c>
+      <c r="E101" t="s">
+        <v>353</v>
+      </c>
+      <c r="F101" t="s">
+        <v>354</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H101" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>383</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>57</v>
+      </c>
+      <c r="D102" t="s">
+        <v>352</v>
+      </c>
+      <c r="E102" t="s">
+        <v>353</v>
+      </c>
+      <c r="F102" t="s">
+        <v>354</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H102" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>386</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>61</v>
+      </c>
+      <c r="D103" t="s">
+        <v>352</v>
+      </c>
+      <c r="E103" t="s">
+        <v>353</v>
+      </c>
+      <c r="F103" t="s">
+        <v>354</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H103" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>389</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>65</v>
+      </c>
+      <c r="D104" t="s">
+        <v>352</v>
+      </c>
+      <c r="E104" t="s">
+        <v>353</v>
+      </c>
+      <c r="F104" t="s">
+        <v>354</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H104" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>392</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>70</v>
+      </c>
+      <c r="D105" t="s">
+        <v>352</v>
+      </c>
+      <c r="E105" t="s">
+        <v>353</v>
+      </c>
+      <c r="F105" t="s">
+        <v>354</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H105" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>395</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>74</v>
+      </c>
+      <c r="D106" t="s">
+        <v>352</v>
+      </c>
+      <c r="E106" t="s">
+        <v>353</v>
+      </c>
+      <c r="F106" t="s">
+        <v>354</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H106" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>398</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>10</v>
+      </c>
+      <c r="D107" t="s">
+        <v>399</v>
+      </c>
+      <c r="E107" t="s">
+        <v>400</v>
+      </c>
+      <c r="F107" t="s">
+        <v>401</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H107" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>404</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>17</v>
+      </c>
+      <c r="D108" t="s">
+        <v>399</v>
+      </c>
+      <c r="E108" t="s">
+        <v>400</v>
+      </c>
+      <c r="F108" t="s">
+        <v>401</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H108" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>407</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>22</v>
+      </c>
+      <c r="D109" t="s">
+        <v>399</v>
+      </c>
+      <c r="E109" t="s">
+        <v>400</v>
+      </c>
+      <c r="F109" t="s">
+        <v>401</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="H109" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>410</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>26</v>
+      </c>
+      <c r="D110" t="s">
+        <v>399</v>
+      </c>
+      <c r="E110" t="s">
+        <v>400</v>
+      </c>
+      <c r="F110" t="s">
+        <v>401</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H110" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>413</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>30</v>
+      </c>
+      <c r="D111" t="s">
+        <v>399</v>
+      </c>
+      <c r="E111" t="s">
+        <v>400</v>
+      </c>
+      <c r="F111" t="s">
+        <v>401</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H111" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>416</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>10</v>
+      </c>
+      <c r="D112" t="s">
+        <v>417</v>
+      </c>
+      <c r="E112" t="s">
+        <v>418</v>
+      </c>
+      <c r="F112" t="s">
+        <v>419</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H112" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>422</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>17</v>
+      </c>
+      <c r="D113" t="s">
+        <v>417</v>
+      </c>
+      <c r="E113" t="s">
+        <v>418</v>
+      </c>
+      <c r="F113" t="s">
+        <v>419</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H113" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>425</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>22</v>
+      </c>
+      <c r="D114" t="s">
+        <v>417</v>
+      </c>
+      <c r="E114" t="s">
+        <v>418</v>
+      </c>
+      <c r="F114" t="s">
+        <v>419</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H114" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>428</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>26</v>
+      </c>
+      <c r="D115" t="s">
+        <v>417</v>
+      </c>
+      <c r="E115" t="s">
+        <v>418</v>
+      </c>
+      <c r="F115" t="s">
+        <v>419</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H115" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>431</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>30</v>
+      </c>
+      <c r="D116" t="s">
+        <v>417</v>
+      </c>
+      <c r="E116" t="s">
+        <v>418</v>
+      </c>
+      <c r="F116" t="s">
+        <v>419</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H116" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>434</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" t="s">
+        <v>435</v>
+      </c>
+      <c r="E117" t="s">
+        <v>436</v>
+      </c>
+      <c r="F117" t="s">
+        <v>437</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H117" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>440</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>10</v>
+      </c>
+      <c r="D118" t="s">
+        <v>441</v>
+      </c>
+      <c r="E118" t="s">
+        <v>442</v>
+      </c>
+      <c r="F118" t="s">
+        <v>443</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H118" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>446</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>17</v>
+      </c>
+      <c r="D119" t="s">
+        <v>441</v>
+      </c>
+      <c r="E119" t="s">
+        <v>442</v>
+      </c>
+      <c r="F119" t="s">
+        <v>443</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H119" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>449</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>22</v>
+      </c>
+      <c r="D120" t="s">
+        <v>441</v>
+      </c>
+      <c r="E120" t="s">
+        <v>442</v>
+      </c>
+      <c r="F120" t="s">
+        <v>443</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H120" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>452</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>26</v>
+      </c>
+      <c r="D121" t="s">
+        <v>441</v>
+      </c>
+      <c r="E121" t="s">
+        <v>442</v>
+      </c>
+      <c r="F121" t="s">
+        <v>443</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H121" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>455</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>30</v>
+      </c>
+      <c r="D122" t="s">
+        <v>441</v>
+      </c>
+      <c r="E122" t="s">
+        <v>442</v>
+      </c>
+      <c r="F122" t="s">
+        <v>443</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="H122" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>458</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>34</v>
+      </c>
+      <c r="D123" t="s">
+        <v>441</v>
+      </c>
+      <c r="E123" t="s">
+        <v>442</v>
+      </c>
+      <c r="F123" t="s">
+        <v>443</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="H123" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>461</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>38</v>
+      </c>
+      <c r="D124" t="s">
+        <v>441</v>
+      </c>
+      <c r="E124" t="s">
+        <v>442</v>
+      </c>
+      <c r="F124" t="s">
+        <v>443</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H124" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>464</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>42</v>
+      </c>
+      <c r="D125" t="s">
+        <v>441</v>
+      </c>
+      <c r="E125" t="s">
+        <v>442</v>
+      </c>
+      <c r="F125" t="s">
+        <v>443</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H125" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>467</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>47</v>
+      </c>
+      <c r="D126" t="s">
+        <v>441</v>
+      </c>
+      <c r="E126" t="s">
+        <v>442</v>
+      </c>
+      <c r="F126" t="s">
         <v>18</v>
       </c>
-      <c r="G33" s="1" t="s">
-[...3 lines deleted...]
-        <v>135</v>
+      <c r="G126" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H126" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>470</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>52</v>
+      </c>
+      <c r="D127" t="s">
+        <v>441</v>
+      </c>
+      <c r="E127" t="s">
+        <v>442</v>
+      </c>
+      <c r="F127" t="s">
+        <v>18</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H127" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>473</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>57</v>
+      </c>
+      <c r="D128" t="s">
+        <v>441</v>
+      </c>
+      <c r="E128" t="s">
+        <v>442</v>
+      </c>
+      <c r="F128" t="s">
+        <v>18</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H128" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>476</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>61</v>
+      </c>
+      <c r="D129" t="s">
+        <v>441</v>
+      </c>
+      <c r="E129" t="s">
+        <v>442</v>
+      </c>
+      <c r="F129" t="s">
+        <v>18</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H129" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>479</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>65</v>
+      </c>
+      <c r="D130" t="s">
+        <v>441</v>
+      </c>
+      <c r="E130" t="s">
+        <v>442</v>
+      </c>
+      <c r="F130" t="s">
+        <v>18</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="H130" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>482</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>70</v>
+      </c>
+      <c r="D131" t="s">
+        <v>441</v>
+      </c>
+      <c r="E131" t="s">
+        <v>442</v>
+      </c>
+      <c r="F131" t="s">
+        <v>18</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="H131" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>485</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>74</v>
+      </c>
+      <c r="D132" t="s">
+        <v>441</v>
+      </c>
+      <c r="E132" t="s">
+        <v>442</v>
+      </c>
+      <c r="F132" t="s">
+        <v>18</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H132" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>488</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>10</v>
+      </c>
+      <c r="D133" t="s">
+        <v>489</v>
+      </c>
+      <c r="E133" t="s">
+        <v>490</v>
+      </c>
+      <c r="F133" t="s">
+        <v>443</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H133" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>493</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>17</v>
+      </c>
+      <c r="D134" t="s">
+        <v>489</v>
+      </c>
+      <c r="E134" t="s">
+        <v>490</v>
+      </c>
+      <c r="F134" t="s">
+        <v>18</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H134" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>496</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>22</v>
+      </c>
+      <c r="D135" t="s">
+        <v>489</v>
+      </c>
+      <c r="E135" t="s">
+        <v>490</v>
+      </c>
+      <c r="F135" t="s">
+        <v>18</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H135" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>499</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>26</v>
+      </c>
+      <c r="D136" t="s">
+        <v>489</v>
+      </c>
+      <c r="E136" t="s">
+        <v>490</v>
+      </c>
+      <c r="F136" t="s">
+        <v>18</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="H136" t="s">
+        <v>501</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>